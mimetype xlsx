--- v0 (2025-10-16)
+++ v1 (2026-01-02)
@@ -1,82 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{68904A07-28B5-4F76-8B25-171851B4C34E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{0E4DE060-1DA1-47A5-9834-D4ED10253B41}"/>
+    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="8235"/>
   </bookViews>
   <sheets>
     <sheet name="Ejecucion Presupuestaria Enero-" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ejecucion Presupuestaria Enero-'!$A$1:$F$439</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="144525"/>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F773" i="1" l="1"/>
+  <c r="F747" i="1"/>
+  <c r="F737" i="1"/>
+  <c r="F732" i="1"/>
+  <c r="C747" i="1"/>
+  <c r="C737" i="1"/>
+  <c r="B794" i="1"/>
+  <c r="B757" i="1"/>
+  <c r="B747" i="1"/>
+  <c r="B737" i="1"/>
+  <c r="B591" i="1"/>
+  <c r="B586" i="1" s="1"/>
+  <c r="B601" i="1"/>
+  <c r="B611" i="1"/>
+  <c r="B627" i="1"/>
+  <c r="B648" i="1"/>
+  <c r="F648" i="1" l="1"/>
+  <c r="F627" i="1"/>
+  <c r="F601" i="1"/>
+  <c r="F591" i="1"/>
+  <c r="F586" i="1" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1174" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1612" uniqueCount="90">
   <si>
     <t>Detalle</t>
   </si>
   <si>
     <t>Presupuesto Inicial</t>
   </si>
   <si>
     <t>Modificacion Presupuestaria</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Ejecucion</t>
   </si>
   <si>
     <t>2.1 - REMUNERACIONES Y CONTRIBUCIONES</t>
   </si>
   <si>
     <t>enero</t>
   </si>
   <si>
     <t>2.1.1 - REMUNERACIONES</t>
   </si>
   <si>
@@ -294,56 +302,68 @@
   </si>
   <si>
     <t>abril</t>
   </si>
   <si>
     <t>mayo</t>
   </si>
   <si>
     <t>junio</t>
   </si>
   <si>
     <t>2.2.2 - PUBLICIDAD, IMPRESION Y ENCUADERNACION</t>
   </si>
   <si>
     <t>2.9.4 - COMISIONES Y OTROS GASTOS BANCARIOS DE LA DEUDA PUBLICA</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>julio</t>
   </si>
   <si>
     <t>agosto</t>
   </si>
+  <si>
+    <t>septiembre</t>
+  </si>
+  <si>
+    <t>octubre</t>
+  </si>
+  <si>
+    <t>noviembre</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="20">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -743,212 +763,227 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="44">
+  <cellStyleXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="44">
+  <cellStyles count="45">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
-    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Buena" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
-    <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Millares 2" xfId="44"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="43" xr:uid="{26A71598-3FFE-4055-9721-C0F9C7098994}"/>
-    <cellStyle name="Normal 3" xfId="42" xr:uid="{D1C34F8A-6603-40EB-A38E-B14D2185EB01}"/>
+    <cellStyle name="Normal 2" xfId="43"/>
+    <cellStyle name="Normal 3" xfId="42"/>
     <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Título 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -956,51 +991,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Narrow"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1170,11785 +1205,16185 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E217D20-F2EA-47AB-B006-3FF6CAABAB4C}">
-  <dimension ref="A1:F585"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F804"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A573" workbookViewId="0">
-      <selection activeCell="C589" sqref="C589"/>
+    <sheetView tabSelected="1" topLeftCell="A745" workbookViewId="0">
+      <selection activeCell="B806" sqref="B806"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="61.08984375" customWidth="1"/>
-    <col min="6" max="6" width="12.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="77" customWidth="1"/>
+    <col min="2" max="2" width="16.875" customWidth="1"/>
+    <col min="6" max="6" width="12.5" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>84</v>
       </c>
       <c r="E1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>445343687</v>
       </c>
       <c r="C2">
         <v>0</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="1">
         <v>27509797.510000002</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
         <v>321153667</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1">
         <v>23250846.140000001</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4">
         <v>60223366</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="1">
         <v>1283000.8</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5">
         <v>25494000</v>
       </c>
       <c r="C5">
         <v>0</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
         <v>38472654</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="1">
         <v>2975950.57</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>250669000</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="1">
         <v>12394980.289999999</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>26560000</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="1">
         <v>2974399.15</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>82</v>
       </c>
       <c r="B9">
         <v>8350000</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>20000000</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>7420000</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>105309000</v>
       </c>
       <c r="C12">
         <v>0</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>6</v>
       </c>
       <c r="F12" s="1">
         <v>221826.33</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>16800000</v>
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>6</v>
       </c>
       <c r="F13" s="1">
         <v>9198754.8100000005</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>24170000</v>
       </c>
       <c r="C14">
         <v>0</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>6</v>
       </c>
       <c r="F14" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>34100000</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>6</v>
       </c>
       <c r="F15" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>7960000</v>
       </c>
       <c r="C16">
         <v>0</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>6</v>
       </c>
       <c r="F16" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>3827893504</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>6</v>
       </c>
       <c r="F17" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>3652712135</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>6</v>
       </c>
       <c r="F18" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>7200000</v>
       </c>
       <c r="C19">
         <v>0</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>6</v>
       </c>
       <c r="F19" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>3200000</v>
       </c>
       <c r="C20">
         <v>0</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>10000000</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>9010000</v>
       </c>
       <c r="C22">
         <v>0</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>32482363</v>
       </c>
       <c r="C23">
         <v>0</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>31700000</v>
       </c>
       <c r="C24">
         <v>0</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>6</v>
       </c>
       <c r="F24" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>81589006</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>6</v>
       </c>
       <c r="F26" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
         <v>12000000</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>6</v>
       </c>
       <c r="F27" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
         <v>12000000</v>
       </c>
       <c r="C28">
         <v>0</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29">
         <v>0</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>6</v>
       </c>
       <c r="F29" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>6</v>
       </c>
       <c r="F30" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
         <v>0</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>6</v>
       </c>
       <c r="F32" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33">
         <v>0</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34">
         <v>0</v>
       </c>
       <c r="D34">
         <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>6</v>
       </c>
       <c r="F34" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35">
         <v>0</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>6</v>
       </c>
       <c r="F35" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36">
         <v>0</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
         <v>6</v>
       </c>
       <c r="F37" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
       <c r="D38">
         <v>2025</v>
       </c>
       <c r="E38" t="s">
         <v>6</v>
       </c>
       <c r="F38" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
         <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>6</v>
       </c>
       <c r="F39" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>6</v>
       </c>
       <c r="F40" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41">
         <v>0</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>6</v>
       </c>
       <c r="F41" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
         <v>0</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>6</v>
       </c>
       <c r="F42" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>887800305</v>
       </c>
       <c r="C43">
         <v>0</v>
       </c>
       <c r="D43">
         <v>2025</v>
       </c>
       <c r="E43" t="s">
         <v>6</v>
       </c>
       <c r="F43" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
         <v>850000000</v>
       </c>
       <c r="C44">
         <v>0</v>
       </c>
       <c r="D44">
         <v>2025</v>
       </c>
       <c r="E44" t="s">
         <v>6</v>
       </c>
       <c r="F44" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>1500000</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
         <v>2025</v>
       </c>
       <c r="E45" t="s">
         <v>6</v>
       </c>
       <c r="F45" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>5000000</v>
       </c>
       <c r="C46">
         <v>0</v>
       </c>
       <c r="D46">
         <v>2025</v>
       </c>
       <c r="E46" t="s">
         <v>6</v>
       </c>
       <c r="F46" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>16000000</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>2025</v>
       </c>
       <c r="E47" t="s">
         <v>6</v>
       </c>
       <c r="F47" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>15300305</v>
       </c>
       <c r="C48">
         <v>0</v>
       </c>
       <c r="D48">
         <v>2025</v>
       </c>
       <c r="E48" t="s">
         <v>6</v>
       </c>
       <c r="F48" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49">
         <v>0</v>
       </c>
       <c r="D49">
         <v>2025</v>
       </c>
       <c r="E49" t="s">
         <v>6</v>
       </c>
       <c r="F49" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50">
         <v>0</v>
       </c>
       <c r="D50">
         <v>2025</v>
       </c>
       <c r="E50" t="s">
         <v>6</v>
       </c>
       <c r="F50" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51">
         <v>0</v>
       </c>
       <c r="D51">
         <v>2025</v>
       </c>
       <c r="E51" t="s">
         <v>6</v>
       </c>
       <c r="F51" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
         <v>2025</v>
       </c>
       <c r="E52" t="s">
         <v>6</v>
       </c>
       <c r="F52" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
         <v>0</v>
       </c>
       <c r="D53">
         <v>2025</v>
       </c>
       <c r="E53" t="s">
         <v>6</v>
       </c>
       <c r="F53" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54">
         <v>0</v>
       </c>
       <c r="D54">
         <v>2025</v>
       </c>
       <c r="E54" t="s">
         <v>6</v>
       </c>
       <c r="F54" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55">
         <v>0</v>
       </c>
       <c r="D55">
         <v>2025</v>
       </c>
       <c r="E55" t="s">
         <v>6</v>
       </c>
       <c r="F55" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
         <v>0</v>
       </c>
       <c r="D56">
         <v>2025</v>
       </c>
       <c r="E56" t="s">
         <v>6</v>
       </c>
       <c r="F56" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57">
         <v>0</v>
       </c>
       <c r="D57">
         <v>2025</v>
       </c>
       <c r="E57" t="s">
         <v>6</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
         <v>0</v>
       </c>
       <c r="D58">
         <v>2025</v>
       </c>
       <c r="E58" t="s">
         <v>6</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
         <v>0</v>
       </c>
       <c r="D59">
         <v>2025</v>
       </c>
       <c r="E59" t="s">
         <v>6</v>
       </c>
       <c r="F59" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60">
         <v>0</v>
       </c>
       <c r="D60">
         <v>2025</v>
       </c>
       <c r="E60" t="s">
         <v>6</v>
       </c>
       <c r="F60" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61">
         <v>2025</v>
       </c>
       <c r="E61" t="s">
         <v>6</v>
       </c>
       <c r="F61" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62">
         <v>0</v>
       </c>
       <c r="D62">
         <v>2025</v>
       </c>
       <c r="E62" t="s">
         <v>6</v>
       </c>
       <c r="F62" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>83</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
         <v>0</v>
       </c>
       <c r="D63">
         <v>2025</v>
       </c>
       <c r="E63" t="s">
         <v>6</v>
       </c>
       <c r="F63" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64">
         <v>5423706496</v>
       </c>
       <c r="C64">
         <v>0</v>
       </c>
       <c r="D64">
         <v>2025</v>
       </c>
       <c r="E64" t="s">
         <v>6</v>
       </c>
       <c r="F64" s="1">
         <v>39904777.799999997</v>
       </c>
     </row>
-    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65">
         <v>2025</v>
       </c>
       <c r="E65" t="s">
         <v>6</v>
       </c>
       <c r="F65" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
         <v>2025</v>
       </c>
       <c r="E66" t="s">
         <v>6</v>
       </c>
       <c r="F66" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
         <v>0</v>
       </c>
       <c r="D67">
         <v>2025</v>
       </c>
       <c r="E67" t="s">
         <v>6</v>
       </c>
       <c r="F67" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68">
         <v>0</v>
       </c>
       <c r="D68">
         <v>2025</v>
       </c>
       <c r="E68" t="s">
         <v>6</v>
       </c>
       <c r="F68" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69">
         <v>0</v>
       </c>
       <c r="D69">
         <v>2025</v>
       </c>
       <c r="E69" t="s">
         <v>6</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70">
         <v>0</v>
       </c>
       <c r="D70">
         <v>2025</v>
       </c>
       <c r="E70" t="s">
         <v>6</v>
       </c>
       <c r="F70" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
         <v>0</v>
       </c>
       <c r="D71">
         <v>2025</v>
       </c>
       <c r="E71" t="s">
         <v>6</v>
       </c>
       <c r="F71" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72">
         <v>0</v>
       </c>
       <c r="D72">
         <v>2025</v>
       </c>
       <c r="E72" t="s">
         <v>6</v>
       </c>
       <c r="F72" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73">
         <v>0</v>
       </c>
       <c r="D73">
         <v>2025</v>
       </c>
       <c r="E73" t="s">
         <v>6</v>
       </c>
       <c r="F73" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74">
         <v>5423706496</v>
       </c>
       <c r="C74">
         <v>0</v>
       </c>
       <c r="D74">
         <v>2025</v>
       </c>
       <c r="E74" t="s">
         <v>6</v>
       </c>
       <c r="F74" s="1">
         <v>39904777.799999997</v>
       </c>
     </row>
-    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>5</v>
       </c>
       <c r="B75">
         <v>445343687</v>
       </c>
       <c r="C75">
         <v>0</v>
       </c>
       <c r="D75">
         <v>2025</v>
       </c>
       <c r="E75" t="s">
         <v>77</v>
       </c>
       <c r="F75" s="1">
         <v>24110942.739999998</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>7</v>
       </c>
       <c r="B76">
         <v>321153667</v>
       </c>
       <c r="C76">
         <v>0</v>
       </c>
       <c r="D76">
         <v>2025</v>
       </c>
       <c r="E76" t="s">
         <v>77</v>
       </c>
       <c r="F76" s="1">
         <v>19765805.140000001</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77">
         <v>60223366</v>
       </c>
       <c r="C77">
         <v>0</v>
       </c>
       <c r="D77">
         <v>2025</v>
       </c>
       <c r="E77" t="s">
         <v>77</v>
       </c>
       <c r="F77" s="1">
         <v>1358000.8</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78">
         <v>25494000</v>
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78">
         <v>2025</v>
       </c>
       <c r="E78" t="s">
         <v>77</v>
       </c>
       <c r="F78" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>10</v>
       </c>
       <c r="B79">
         <v>38472654</v>
       </c>
       <c r="C79">
         <v>0</v>
       </c>
       <c r="D79">
         <v>2025</v>
       </c>
       <c r="E79" t="s">
         <v>77</v>
       </c>
       <c r="F79" s="1">
         <v>2987136.8</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>11</v>
       </c>
       <c r="B80">
         <v>250669000</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80">
         <v>2025</v>
       </c>
       <c r="E80" t="s">
         <v>77</v>
       </c>
       <c r="F80" s="1">
         <v>4327093.57</v>
       </c>
     </row>
-    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>12</v>
       </c>
       <c r="B81">
         <v>26560000</v>
       </c>
       <c r="C81">
         <v>0</v>
       </c>
       <c r="D81">
         <v>2025</v>
       </c>
       <c r="E81" t="s">
         <v>77</v>
       </c>
       <c r="F81" s="1">
         <v>824818.43</v>
       </c>
     </row>
-    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
         <v>8350000</v>
       </c>
       <c r="C82">
         <v>0</v>
       </c>
       <c r="D82">
         <v>2025</v>
       </c>
       <c r="E82" t="s">
         <v>77</v>
       </c>
       <c r="F82" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>13</v>
       </c>
       <c r="B83">
         <v>20000000</v>
       </c>
       <c r="C83">
         <v>0</v>
       </c>
       <c r="D83">
         <v>2025</v>
       </c>
       <c r="E83" t="s">
         <v>77</v>
       </c>
       <c r="F83" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>14</v>
       </c>
       <c r="B84">
         <v>7420000</v>
       </c>
       <c r="C84">
         <v>0</v>
       </c>
       <c r="D84">
         <v>2025</v>
       </c>
       <c r="E84" t="s">
         <v>77</v>
       </c>
       <c r="F84" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
         <v>105309000</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85">
         <v>2025</v>
       </c>
       <c r="E85" t="s">
         <v>77</v>
       </c>
       <c r="F85" s="1">
         <v>115796.96</v>
       </c>
     </row>
-    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>16</v>
       </c>
       <c r="B86">
         <v>16800000</v>
       </c>
       <c r="C86">
         <v>0</v>
       </c>
       <c r="D86">
         <v>2025</v>
       </c>
       <c r="E86" t="s">
         <v>77</v>
       </c>
       <c r="F86" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>17</v>
       </c>
       <c r="B87">
         <v>24170000</v>
       </c>
       <c r="C87">
         <v>0</v>
       </c>
       <c r="D87">
         <v>2025</v>
       </c>
       <c r="E87" t="s">
         <v>77</v>
       </c>
       <c r="F87" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88">
         <v>34100000</v>
       </c>
       <c r="C88">
         <v>0</v>
       </c>
       <c r="D88">
         <v>2025</v>
       </c>
       <c r="E88" t="s">
         <v>77</v>
       </c>
       <c r="F88" s="1">
         <v>291286.63</v>
       </c>
     </row>
-    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>19</v>
       </c>
       <c r="B89">
         <v>7960000</v>
       </c>
       <c r="C89">
         <v>0</v>
       </c>
       <c r="D89">
         <v>2025</v>
       </c>
       <c r="E89" t="s">
         <v>77</v>
       </c>
       <c r="F89" s="1">
         <v>3095191.55</v>
       </c>
     </row>
-    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>20</v>
       </c>
       <c r="B90">
         <v>3827893504</v>
       </c>
       <c r="C90">
         <v>0</v>
       </c>
       <c r="D90">
         <v>2025</v>
       </c>
       <c r="E90" t="s">
         <v>77</v>
       </c>
       <c r="F90" s="1">
         <v>92595000</v>
       </c>
     </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91">
         <v>3652712135</v>
       </c>
       <c r="C91">
         <v>0</v>
       </c>
       <c r="D91">
         <v>2025</v>
       </c>
       <c r="E91" t="s">
         <v>77</v>
       </c>
       <c r="F91" s="1">
         <v>92595000</v>
       </c>
     </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>22</v>
       </c>
       <c r="B92">
         <v>7200000</v>
       </c>
       <c r="C92">
         <v>0</v>
       </c>
       <c r="D92">
         <v>2025</v>
       </c>
       <c r="E92" t="s">
         <v>77</v>
       </c>
       <c r="F92" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>23</v>
       </c>
       <c r="B93">
         <v>3200000</v>
       </c>
       <c r="C93">
         <v>0</v>
       </c>
       <c r="D93">
         <v>2025</v>
       </c>
       <c r="E93" t="s">
         <v>77</v>
       </c>
       <c r="F93" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>24</v>
       </c>
       <c r="B94">
         <v>10000000</v>
       </c>
       <c r="C94">
         <v>0</v>
       </c>
       <c r="D94">
         <v>2025</v>
       </c>
       <c r="E94" t="s">
         <v>77</v>
       </c>
       <c r="F94" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>25</v>
       </c>
       <c r="B95">
         <v>9010000</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">
         <v>2025</v>
       </c>
       <c r="E95" t="s">
         <v>77</v>
       </c>
       <c r="F95" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>26</v>
       </c>
       <c r="B96">
         <v>32482363</v>
       </c>
       <c r="C96">
         <v>0</v>
       </c>
       <c r="D96">
         <v>2025</v>
       </c>
       <c r="E96" t="s">
         <v>77</v>
       </c>
       <c r="F96" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>27</v>
       </c>
       <c r="B97">
         <v>31700000</v>
       </c>
       <c r="C97">
         <v>0</v>
       </c>
       <c r="D97">
         <v>2025</v>
       </c>
       <c r="E97" t="s">
         <v>77</v>
       </c>
       <c r="F97" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>28</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98">
         <v>0</v>
       </c>
       <c r="D98">
         <v>2025</v>
       </c>
       <c r="E98" t="s">
         <v>77</v>
       </c>
       <c r="F98" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>29</v>
       </c>
       <c r="B99">
         <v>81589006</v>
       </c>
       <c r="C99">
         <v>0</v>
       </c>
       <c r="D99">
         <v>2025</v>
       </c>
       <c r="E99" t="s">
         <v>77</v>
       </c>
       <c r="F99" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>30</v>
       </c>
       <c r="B100">
         <v>12000000</v>
       </c>
       <c r="C100">
         <v>0</v>
       </c>
       <c r="D100">
         <v>2025</v>
       </c>
       <c r="E100" t="s">
         <v>77</v>
       </c>
       <c r="F100" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="101" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>31</v>
       </c>
       <c r="B101">
         <v>12000000</v>
       </c>
       <c r="C101">
         <v>0</v>
       </c>
       <c r="D101">
         <v>2025</v>
       </c>
       <c r="E101" t="s">
         <v>77</v>
       </c>
       <c r="F101" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="102" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>32</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="C102">
         <v>0</v>
       </c>
       <c r="D102">
         <v>2025</v>
       </c>
       <c r="E102" t="s">
         <v>77</v>
       </c>
       <c r="F102" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="103" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>33</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="C103">
         <v>0</v>
       </c>
       <c r="D103">
         <v>2025</v>
       </c>
       <c r="E103" t="s">
         <v>77</v>
       </c>
       <c r="F103" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>34</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="C104">
         <v>0</v>
       </c>
       <c r="D104">
         <v>2025</v>
       </c>
       <c r="E104" t="s">
         <v>77</v>
       </c>
       <c r="F104" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>35</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="C105">
         <v>0</v>
       </c>
       <c r="D105">
         <v>2025</v>
       </c>
       <c r="E105" t="s">
         <v>77</v>
       </c>
       <c r="F105" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="106" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>36</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="C106">
         <v>0</v>
       </c>
       <c r="D106">
         <v>2025</v>
       </c>
       <c r="E106" t="s">
         <v>77</v>
       </c>
       <c r="F106" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="107" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>37</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="C107">
         <v>0</v>
       </c>
       <c r="D107">
         <v>2025</v>
       </c>
       <c r="E107" t="s">
         <v>77</v>
       </c>
       <c r="F107" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="108" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>38</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="C108">
         <v>0</v>
       </c>
       <c r="D108">
         <v>2025</v>
       </c>
       <c r="E108" t="s">
         <v>77</v>
       </c>
       <c r="F108" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="109" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>39</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="C109">
         <v>0</v>
       </c>
       <c r="D109">
         <v>2025</v>
       </c>
       <c r="E109" t="s">
         <v>77</v>
       </c>
       <c r="F109" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>40</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
         <v>0</v>
       </c>
       <c r="D110">
         <v>2025</v>
       </c>
       <c r="E110" t="s">
         <v>77</v>
       </c>
       <c r="F110" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>41</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="C111">
         <v>0</v>
       </c>
       <c r="D111">
         <v>2025</v>
       </c>
       <c r="E111" t="s">
         <v>77</v>
       </c>
       <c r="F111" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="112" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>42</v>
       </c>
       <c r="B112">
         <v>0</v>
       </c>
       <c r="C112">
         <v>0</v>
       </c>
       <c r="D112">
         <v>2025</v>
       </c>
       <c r="E112" t="s">
         <v>77</v>
       </c>
       <c r="F112" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="113" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>43</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113">
         <v>0</v>
       </c>
       <c r="D113">
         <v>2025</v>
       </c>
       <c r="E113" t="s">
         <v>77</v>
       </c>
       <c r="F113" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="114" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114">
         <v>0</v>
       </c>
       <c r="D114">
         <v>2025</v>
       </c>
       <c r="E114" t="s">
         <v>77</v>
       </c>
       <c r="F114" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="115" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>45</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115">
         <v>0</v>
       </c>
       <c r="D115">
         <v>2025</v>
       </c>
       <c r="E115" t="s">
         <v>77</v>
       </c>
       <c r="F115" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="116" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>46</v>
       </c>
       <c r="B116">
         <v>887800305</v>
       </c>
       <c r="C116">
         <v>0</v>
       </c>
       <c r="D116">
         <v>2025</v>
       </c>
       <c r="E116" t="s">
         <v>77</v>
       </c>
       <c r="F116" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>47</v>
       </c>
       <c r="B117">
         <v>850000000</v>
       </c>
       <c r="C117">
         <v>0</v>
       </c>
       <c r="D117">
         <v>2025</v>
       </c>
       <c r="E117" t="s">
         <v>77</v>
       </c>
       <c r="F117" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>48</v>
       </c>
       <c r="B118">
         <v>1500000</v>
       </c>
       <c r="C118">
         <v>0</v>
       </c>
       <c r="D118">
         <v>2025</v>
       </c>
       <c r="E118" t="s">
         <v>77</v>
       </c>
       <c r="F118" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>49</v>
       </c>
       <c r="B119">
         <v>5000000</v>
       </c>
       <c r="C119">
         <v>0</v>
       </c>
       <c r="D119">
         <v>2025</v>
       </c>
       <c r="E119" t="s">
         <v>77</v>
       </c>
       <c r="F119" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120">
         <v>16000000</v>
       </c>
       <c r="C120">
         <v>0</v>
       </c>
       <c r="D120">
         <v>2025</v>
       </c>
       <c r="E120" t="s">
         <v>77</v>
       </c>
       <c r="F120" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>51</v>
       </c>
       <c r="B121">
         <v>15300305</v>
       </c>
       <c r="C121">
         <v>0</v>
       </c>
       <c r="D121">
         <v>2025</v>
       </c>
       <c r="E121" t="s">
         <v>77</v>
       </c>
       <c r="F121" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>52</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122">
         <v>0</v>
       </c>
       <c r="D122">
         <v>2025</v>
       </c>
       <c r="E122" t="s">
         <v>77</v>
       </c>
       <c r="F122" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>53</v>
       </c>
       <c r="B123">
         <v>0</v>
       </c>
       <c r="C123">
         <v>0</v>
       </c>
       <c r="D123">
         <v>2025</v>
       </c>
       <c r="E123" t="s">
         <v>77</v>
       </c>
       <c r="F123" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>54</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124">
         <v>0</v>
       </c>
       <c r="D124">
         <v>2025</v>
       </c>
       <c r="E124" t="s">
         <v>77</v>
       </c>
       <c r="F124" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>55</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125">
         <v>0</v>
       </c>
       <c r="D125">
         <v>2025</v>
       </c>
       <c r="E125" t="s">
         <v>77</v>
       </c>
       <c r="F125" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="126" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>56</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126">
         <v>0</v>
       </c>
       <c r="D126">
         <v>2025</v>
       </c>
       <c r="E126" t="s">
         <v>77</v>
       </c>
       <c r="F126" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>57</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127">
         <v>0</v>
       </c>
       <c r="D127">
         <v>2025</v>
       </c>
       <c r="E127" t="s">
         <v>77</v>
       </c>
       <c r="F127" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:6">
       <c r="A128" t="s">
         <v>58</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128">
         <v>0</v>
       </c>
       <c r="D128">
         <v>2025</v>
       </c>
       <c r="E128" t="s">
         <v>77</v>
       </c>
       <c r="F128" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>59</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
         <v>0</v>
       </c>
       <c r="D129">
         <v>2025</v>
       </c>
       <c r="E129" t="s">
         <v>77</v>
       </c>
       <c r="F129" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>60</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130">
         <v>0</v>
       </c>
       <c r="D130">
         <v>2025</v>
       </c>
       <c r="E130" t="s">
         <v>77</v>
       </c>
       <c r="F130" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>61</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131">
         <v>0</v>
       </c>
       <c r="D131">
         <v>2025</v>
       </c>
       <c r="E131" t="s">
         <v>77</v>
       </c>
       <c r="F131" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>62</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
       <c r="C132">
         <v>0</v>
       </c>
       <c r="D132">
         <v>2025</v>
       </c>
       <c r="E132" t="s">
         <v>77</v>
       </c>
       <c r="F132" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="133" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>63</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133">
         <v>0</v>
       </c>
       <c r="D133">
         <v>2025</v>
       </c>
       <c r="E133" t="s">
         <v>77</v>
       </c>
       <c r="F133" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>64</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134">
         <v>0</v>
       </c>
       <c r="D134">
         <v>2025</v>
       </c>
       <c r="E134" t="s">
         <v>77</v>
       </c>
       <c r="F134" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>65</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
         <v>0</v>
       </c>
       <c r="D135">
         <v>2025</v>
       </c>
       <c r="E135" t="s">
         <v>77</v>
       </c>
       <c r="F135" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="136" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>83</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136">
         <v>0</v>
       </c>
       <c r="D136">
         <v>2025</v>
       </c>
       <c r="E136" t="s">
         <v>77</v>
       </c>
       <c r="F136" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="137" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>66</v>
       </c>
       <c r="B137">
         <v>5423706496</v>
       </c>
       <c r="C137">
         <v>0</v>
       </c>
       <c r="D137">
         <v>2025</v>
       </c>
       <c r="E137" t="s">
         <v>77</v>
       </c>
       <c r="F137" s="1">
         <v>121033036.3</v>
       </c>
     </row>
-    <row r="138" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>67</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138">
         <v>0</v>
       </c>
       <c r="D138">
         <v>2025</v>
       </c>
       <c r="E138" t="s">
         <v>77</v>
       </c>
       <c r="F138" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="139" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>68</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139">
         <v>0</v>
       </c>
       <c r="D139">
         <v>2025</v>
       </c>
       <c r="E139" t="s">
         <v>77</v>
       </c>
       <c r="F139" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="140" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>69</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140">
         <v>0</v>
       </c>
       <c r="D140">
         <v>2025</v>
       </c>
       <c r="E140" t="s">
         <v>77</v>
       </c>
       <c r="F140" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="141" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>70</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
         <v>0</v>
       </c>
       <c r="D141">
         <v>2025</v>
       </c>
       <c r="E141" t="s">
         <v>77</v>
       </c>
       <c r="F141" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="142" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>71</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142">
         <v>0</v>
       </c>
       <c r="D142">
         <v>2025</v>
       </c>
       <c r="E142" t="s">
         <v>77</v>
       </c>
       <c r="F142" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="143" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>72</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143">
         <v>0</v>
       </c>
       <c r="D143">
         <v>2025</v>
       </c>
       <c r="E143" t="s">
         <v>77</v>
       </c>
       <c r="F143" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="144" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>73</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144">
         <v>0</v>
       </c>
       <c r="D144">
         <v>2025</v>
       </c>
       <c r="E144" t="s">
         <v>77</v>
       </c>
       <c r="F144" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="145" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>74</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145">
         <v>0</v>
       </c>
       <c r="D145">
         <v>2025</v>
       </c>
       <c r="E145" t="s">
         <v>77</v>
       </c>
       <c r="F145" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="146" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>75</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146">
         <v>0</v>
       </c>
       <c r="D146">
         <v>2025</v>
       </c>
       <c r="E146" t="s">
         <v>77</v>
       </c>
       <c r="F146" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="147" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>76</v>
       </c>
       <c r="B147">
         <v>5423706496</v>
       </c>
       <c r="C147">
         <v>0</v>
       </c>
       <c r="D147">
         <v>2025</v>
       </c>
       <c r="E147" t="s">
         <v>77</v>
       </c>
       <c r="F147" s="1">
         <v>121033036.3</v>
       </c>
     </row>
-    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>5</v>
       </c>
       <c r="B148">
         <v>445343687</v>
       </c>
       <c r="C148">
         <v>0</v>
       </c>
       <c r="D148">
         <v>2025</v>
       </c>
       <c r="E148" t="s">
         <v>78</v>
       </c>
       <c r="F148" s="1">
         <v>32657745.41</v>
       </c>
     </row>
-    <row r="149" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>7</v>
       </c>
       <c r="B149">
         <v>321153667</v>
       </c>
       <c r="C149">
         <v>1598818</v>
       </c>
       <c r="D149">
         <v>2025</v>
       </c>
       <c r="E149" t="s">
         <v>78</v>
       </c>
       <c r="F149" s="1">
         <v>28151278.449999999</v>
       </c>
     </row>
-    <row r="150" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150">
         <v>60223366</v>
       </c>
       <c r="C150">
         <v>-2064357</v>
       </c>
       <c r="D150">
         <v>2025</v>
       </c>
       <c r="E150" t="s">
         <v>78</v>
       </c>
       <c r="F150" s="1">
         <v>1215250.3999999999</v>
       </c>
     </row>
-    <row r="151" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>9</v>
       </c>
       <c r="B151">
         <v>25494000</v>
       </c>
       <c r="C151">
         <v>0</v>
       </c>
       <c r="D151">
         <v>2025</v>
       </c>
       <c r="E151" t="s">
         <v>78</v>
       </c>
       <c r="F151" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="152" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>10</v>
       </c>
       <c r="B152">
         <v>38472654</v>
       </c>
       <c r="C152">
         <v>465539</v>
       </c>
       <c r="D152">
         <v>2025</v>
       </c>
       <c r="E152" t="s">
         <v>78</v>
       </c>
       <c r="F152" s="1">
         <v>3291216.56</v>
       </c>
     </row>
-    <row r="153" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>11</v>
       </c>
       <c r="B153">
         <v>250669000</v>
       </c>
       <c r="C153">
         <v>0</v>
       </c>
       <c r="D153">
         <v>2025</v>
       </c>
       <c r="E153" t="s">
         <v>78</v>
       </c>
       <c r="F153" s="1">
         <v>16665765.73</v>
       </c>
     </row>
-    <row r="154" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>12</v>
       </c>
       <c r="B154">
         <v>26560000</v>
       </c>
       <c r="C154">
         <v>0</v>
       </c>
       <c r="D154">
         <v>2025</v>
       </c>
       <c r="E154" t="s">
         <v>78</v>
       </c>
       <c r="F154" s="1">
         <v>2780681.21</v>
       </c>
     </row>
-    <row r="155" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>82</v>
       </c>
       <c r="B155">
         <v>8350000</v>
       </c>
       <c r="C155">
         <v>0</v>
       </c>
       <c r="D155">
         <v>2025</v>
       </c>
       <c r="E155" t="s">
         <v>78</v>
       </c>
       <c r="F155" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="156" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>13</v>
       </c>
       <c r="B156">
         <v>20000000</v>
       </c>
       <c r="C156">
         <v>0</v>
       </c>
       <c r="D156">
         <v>2025</v>
       </c>
       <c r="E156" t="s">
         <v>78</v>
       </c>
       <c r="F156" s="1">
         <v>4327093.57</v>
       </c>
     </row>
-    <row r="157" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>14</v>
       </c>
       <c r="B157">
         <v>7420000</v>
       </c>
       <c r="C157">
         <v>0</v>
       </c>
       <c r="D157">
         <v>2025</v>
       </c>
       <c r="E157" t="s">
         <v>78</v>
       </c>
       <c r="F157" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="158" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:6">
       <c r="A158" t="s">
         <v>15</v>
       </c>
       <c r="B158">
         <v>105309000</v>
       </c>
       <c r="C158">
         <v>0</v>
       </c>
       <c r="D158">
         <v>2025</v>
       </c>
       <c r="E158" t="s">
         <v>78</v>
       </c>
       <c r="F158" s="1">
         <v>10560063.91</v>
       </c>
     </row>
-    <row r="159" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="159" spans="1:6">
       <c r="A159" t="s">
         <v>16</v>
       </c>
       <c r="B159">
         <v>16800000</v>
       </c>
       <c r="C159">
         <v>0</v>
       </c>
       <c r="D159">
         <v>2025</v>
       </c>
       <c r="E159" t="s">
         <v>78</v>
       </c>
       <c r="F159" s="1">
         <v>288120.61</v>
       </c>
     </row>
-    <row r="160" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="160" spans="1:6">
       <c r="A160" t="s">
         <v>17</v>
       </c>
       <c r="B160">
         <v>24170000</v>
       </c>
       <c r="C160">
         <v>0</v>
       </c>
       <c r="D160">
         <v>2025</v>
       </c>
       <c r="E160" t="s">
         <v>78</v>
       </c>
       <c r="F160" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="161" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="161" spans="1:6">
       <c r="A161" t="s">
         <v>18</v>
       </c>
       <c r="B161">
         <v>34100000</v>
       </c>
       <c r="C161">
         <v>0</v>
       </c>
       <c r="D161">
         <v>2025</v>
       </c>
       <c r="E161" t="s">
         <v>78</v>
       </c>
       <c r="F161" s="1">
         <v>536900</v>
       </c>
     </row>
-    <row r="162" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>19</v>
       </c>
       <c r="B162">
         <v>7960000</v>
       </c>
       <c r="C162">
         <v>0</v>
       </c>
       <c r="D162">
         <v>2025</v>
       </c>
       <c r="E162" t="s">
         <v>78</v>
       </c>
       <c r="F162" s="1">
         <v>2500000</v>
       </c>
     </row>
-    <row r="163" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="163" spans="1:6">
       <c r="A163" t="s">
         <v>20</v>
       </c>
       <c r="B163">
         <v>3827893504</v>
       </c>
       <c r="C163">
         <v>0</v>
       </c>
       <c r="D163">
         <v>2025</v>
       </c>
       <c r="E163" t="s">
         <v>78</v>
       </c>
       <c r="F163" s="1">
         <v>150758186.19999999</v>
       </c>
     </row>
-    <row r="164" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="164" spans="1:6">
       <c r="A164" t="s">
         <v>21</v>
       </c>
       <c r="B164">
         <v>3652712135</v>
       </c>
       <c r="C164">
         <v>8412000</v>
       </c>
       <c r="D164">
         <v>2025</v>
       </c>
       <c r="E164" t="s">
         <v>78</v>
       </c>
       <c r="F164" s="1">
         <v>149428786.19999999</v>
       </c>
     </row>
-    <row r="165" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="165" spans="1:6">
       <c r="A165" t="s">
         <v>22</v>
       </c>
       <c r="B165">
         <v>7200000</v>
       </c>
       <c r="C165">
         <v>0</v>
       </c>
       <c r="D165">
         <v>2025</v>
       </c>
       <c r="E165" t="s">
         <v>78</v>
       </c>
       <c r="F165" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="166" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="166" spans="1:6">
       <c r="A166" t="s">
         <v>23</v>
       </c>
       <c r="B166">
         <v>3200000</v>
       </c>
       <c r="C166">
         <v>0</v>
       </c>
       <c r="D166">
         <v>2025</v>
       </c>
       <c r="E166" t="s">
         <v>78</v>
       </c>
       <c r="F166" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="167" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>24</v>
       </c>
       <c r="B167">
         <v>10000000</v>
       </c>
       <c r="C167">
         <v>0</v>
       </c>
       <c r="D167">
         <v>2025</v>
       </c>
       <c r="E167" t="s">
         <v>78</v>
       </c>
       <c r="F167" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="168" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>25</v>
       </c>
       <c r="B168">
         <v>9010000</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
         <v>2025</v>
       </c>
       <c r="E168" t="s">
         <v>78</v>
       </c>
       <c r="F168" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="169" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:6">
       <c r="A169" t="s">
         <v>26</v>
       </c>
       <c r="B169">
         <v>32482363</v>
       </c>
       <c r="C169">
         <v>-8412000</v>
       </c>
       <c r="D169">
         <v>2025</v>
       </c>
       <c r="E169" t="s">
         <v>78</v>
       </c>
       <c r="F169" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="170" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>27</v>
       </c>
       <c r="B170">
         <v>31700000</v>
       </c>
       <c r="C170">
         <v>0</v>
       </c>
       <c r="D170">
         <v>2025</v>
       </c>
       <c r="E170" t="s">
         <v>78</v>
       </c>
       <c r="F170" s="1">
         <v>1329400</v>
       </c>
     </row>
-    <row r="171" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>28</v>
       </c>
       <c r="B171">
         <v>0</v>
       </c>
       <c r="C171">
         <v>0</v>
       </c>
       <c r="D171">
         <v>2025</v>
       </c>
       <c r="E171" t="s">
         <v>78</v>
       </c>
       <c r="F171" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="172" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="172" spans="1:6">
       <c r="A172" t="s">
         <v>29</v>
       </c>
       <c r="B172">
         <v>81589006</v>
       </c>
       <c r="C172">
         <v>0</v>
       </c>
       <c r="D172">
         <v>2025</v>
       </c>
       <c r="E172" t="s">
         <v>78</v>
       </c>
       <c r="F172" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="173" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>30</v>
       </c>
       <c r="B173">
         <v>12000000</v>
       </c>
       <c r="C173">
         <v>0</v>
       </c>
       <c r="D173">
         <v>2025</v>
       </c>
       <c r="E173" t="s">
         <v>78</v>
       </c>
       <c r="F173" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="174" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>31</v>
       </c>
       <c r="B174">
         <v>12000000</v>
       </c>
       <c r="C174">
         <v>0</v>
       </c>
       <c r="D174">
         <v>2025</v>
       </c>
       <c r="E174" t="s">
         <v>78</v>
       </c>
       <c r="F174" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="175" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>32</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175">
         <v>0</v>
       </c>
       <c r="D175">
         <v>2025</v>
       </c>
       <c r="E175" t="s">
         <v>78</v>
       </c>
       <c r="F175" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="176" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="176" spans="1:6">
       <c r="A176" t="s">
         <v>33</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
         <v>0</v>
       </c>
       <c r="D176">
         <v>2025</v>
       </c>
       <c r="E176" t="s">
         <v>78</v>
       </c>
       <c r="F176" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="177" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="177" spans="1:6">
       <c r="A177" t="s">
         <v>34</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177">
         <v>0</v>
       </c>
       <c r="D177">
         <v>2025</v>
       </c>
       <c r="E177" t="s">
         <v>78</v>
       </c>
       <c r="F177" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="178" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="178" spans="1:6">
       <c r="A178" t="s">
         <v>35</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178">
         <v>0</v>
       </c>
       <c r="D178">
         <v>2025</v>
       </c>
       <c r="E178" t="s">
         <v>78</v>
       </c>
       <c r="F178" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="179" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="179" spans="1:6">
       <c r="A179" t="s">
         <v>36</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
       <c r="C179">
         <v>0</v>
       </c>
       <c r="D179">
         <v>2025</v>
       </c>
       <c r="E179" t="s">
         <v>78</v>
       </c>
       <c r="F179" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:6">
       <c r="A180" t="s">
         <v>37</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
       <c r="C180">
         <v>0</v>
       </c>
       <c r="D180">
         <v>2025</v>
       </c>
       <c r="E180" t="s">
         <v>78</v>
       </c>
       <c r="F180" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="181" spans="1:6">
       <c r="A181" t="s">
         <v>38</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
         <v>0</v>
       </c>
       <c r="D181">
         <v>2025</v>
       </c>
       <c r="E181" t="s">
         <v>78</v>
       </c>
       <c r="F181" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="182" spans="1:6">
       <c r="A182" t="s">
         <v>39</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182">
         <v>0</v>
       </c>
       <c r="D182">
         <v>2025</v>
       </c>
       <c r="E182" t="s">
         <v>78</v>
       </c>
       <c r="F182" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="183" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="183" spans="1:6">
       <c r="A183" t="s">
         <v>40</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
         <v>0</v>
       </c>
       <c r="D183">
         <v>2025</v>
       </c>
       <c r="E183" t="s">
         <v>78</v>
       </c>
       <c r="F183" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="184" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>41</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
         <v>0</v>
       </c>
       <c r="D184">
         <v>2025</v>
       </c>
       <c r="E184" t="s">
         <v>78</v>
       </c>
       <c r="F184" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="185" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>42</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185">
         <v>0</v>
       </c>
       <c r="D185">
         <v>2025</v>
       </c>
       <c r="E185" t="s">
         <v>78</v>
       </c>
       <c r="F185" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="186" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>43</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
         <v>0</v>
       </c>
       <c r="D186">
         <v>2025</v>
       </c>
       <c r="E186" t="s">
         <v>78</v>
       </c>
       <c r="F186" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="187" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:6">
       <c r="A187" t="s">
         <v>44</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187">
         <v>0</v>
       </c>
       <c r="D187">
         <v>2025</v>
       </c>
       <c r="E187" t="s">
         <v>78</v>
       </c>
       <c r="F187" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="188" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>45</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
         <v>0</v>
       </c>
       <c r="D188">
         <v>2025</v>
       </c>
       <c r="E188" t="s">
         <v>78</v>
       </c>
       <c r="F188" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="189" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>46</v>
       </c>
       <c r="B189">
         <v>887800305</v>
       </c>
       <c r="C189">
         <v>0</v>
       </c>
       <c r="D189">
         <v>2025</v>
       </c>
       <c r="E189" t="s">
         <v>78</v>
       </c>
       <c r="F189" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="190" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:6">
       <c r="A190" t="s">
         <v>47</v>
       </c>
       <c r="B190">
         <v>850000000</v>
       </c>
       <c r="C190">
         <v>0</v>
       </c>
       <c r="D190">
         <v>2025</v>
       </c>
       <c r="E190" t="s">
         <v>78</v>
       </c>
       <c r="F190" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="191" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>48</v>
       </c>
       <c r="B191">
         <v>1500000</v>
       </c>
       <c r="C191">
         <v>0</v>
       </c>
       <c r="D191">
         <v>2025</v>
       </c>
       <c r="E191" t="s">
         <v>78</v>
       </c>
       <c r="F191" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="192" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>49</v>
       </c>
       <c r="B192">
         <v>5000000</v>
       </c>
       <c r="C192">
         <v>0</v>
       </c>
       <c r="D192">
         <v>2025</v>
       </c>
       <c r="E192" t="s">
         <v>78</v>
       </c>
       <c r="F192" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="193" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="193" spans="1:6">
       <c r="A193" t="s">
         <v>50</v>
       </c>
       <c r="B193">
         <v>16000000</v>
       </c>
       <c r="C193">
         <v>0</v>
       </c>
       <c r="D193">
         <v>2025</v>
       </c>
       <c r="E193" t="s">
         <v>78</v>
       </c>
       <c r="F193" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="194" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="194" spans="1:6">
       <c r="A194" t="s">
         <v>51</v>
       </c>
       <c r="B194">
         <v>15300305</v>
       </c>
       <c r="C194">
         <v>0</v>
       </c>
       <c r="D194">
         <v>2025</v>
       </c>
       <c r="E194" t="s">
         <v>78</v>
       </c>
       <c r="F194" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="195" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>52</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195">
         <v>0</v>
       </c>
       <c r="D195">
         <v>2025</v>
       </c>
       <c r="E195" t="s">
         <v>78</v>
       </c>
       <c r="F195" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="196" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>53</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
         <v>0</v>
       </c>
       <c r="D196">
         <v>2025</v>
       </c>
       <c r="E196" t="s">
         <v>78</v>
       </c>
       <c r="F196" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="197" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="197" spans="1:6">
       <c r="A197" t="s">
         <v>54</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197">
         <v>0</v>
       </c>
       <c r="D197">
         <v>2025</v>
       </c>
       <c r="E197" t="s">
         <v>78</v>
       </c>
       <c r="F197" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="198" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="198" spans="1:6">
       <c r="A198" t="s">
         <v>55</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198">
         <v>0</v>
       </c>
       <c r="D198">
         <v>2025</v>
       </c>
       <c r="E198" t="s">
         <v>78</v>
       </c>
       <c r="F198" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="199" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>56</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
         <v>0</v>
       </c>
       <c r="D199">
         <v>2025</v>
       </c>
       <c r="E199" t="s">
         <v>78</v>
       </c>
       <c r="F199" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>57</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
         <v>0</v>
       </c>
       <c r="D200">
         <v>2025</v>
       </c>
       <c r="E200" t="s">
         <v>78</v>
       </c>
       <c r="F200" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="201" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>58</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201">
         <v>0</v>
       </c>
       <c r="D201">
         <v>2025</v>
       </c>
       <c r="E201" t="s">
         <v>78</v>
       </c>
       <c r="F201" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="202" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>59</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>2025</v>
       </c>
       <c r="E202" t="s">
         <v>78</v>
       </c>
       <c r="F202" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>60</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
         <v>0</v>
       </c>
       <c r="D203">
         <v>2025</v>
       </c>
       <c r="E203" t="s">
         <v>78</v>
       </c>
       <c r="F203" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="204" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>61</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
         <v>0</v>
       </c>
       <c r="D204">
         <v>2025</v>
       </c>
       <c r="E204" t="s">
         <v>78</v>
       </c>
       <c r="F204" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="205" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>62</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205">
         <v>0</v>
       </c>
       <c r="D205">
         <v>2025</v>
       </c>
       <c r="E205" t="s">
         <v>78</v>
       </c>
       <c r="F205" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="206" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>63</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206">
         <v>0</v>
       </c>
       <c r="D206">
         <v>2025</v>
       </c>
       <c r="E206" t="s">
         <v>78</v>
       </c>
       <c r="F206" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="207" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="207" spans="1:6">
       <c r="A207" t="s">
         <v>64</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
         <v>0</v>
       </c>
       <c r="D207">
         <v>2025</v>
       </c>
       <c r="E207" t="s">
         <v>78</v>
       </c>
       <c r="F207" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="208" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="208" spans="1:6">
       <c r="A208" t="s">
         <v>65</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
         <v>0</v>
       </c>
       <c r="D208">
         <v>2025</v>
       </c>
       <c r="E208" t="s">
         <v>78</v>
       </c>
       <c r="F208" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="209" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="209" spans="1:6">
       <c r="A209" t="s">
         <v>83</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209">
         <v>0</v>
       </c>
       <c r="D209">
         <v>2025</v>
       </c>
       <c r="E209" t="s">
         <v>78</v>
       </c>
       <c r="F209" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="210" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="210" spans="1:6">
       <c r="A210" t="s">
         <v>66</v>
       </c>
       <c r="B210">
         <v>5423706496</v>
       </c>
       <c r="C210">
         <v>0</v>
       </c>
       <c r="D210">
         <v>2025</v>
       </c>
       <c r="E210" t="s">
         <v>78</v>
       </c>
       <c r="F210" s="1">
         <v>200081697.40000001</v>
       </c>
     </row>
-    <row r="211" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="211" spans="1:6">
       <c r="A211" t="s">
         <v>67</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>2025</v>
       </c>
       <c r="E211" t="s">
         <v>78</v>
       </c>
       <c r="F211" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="212" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="212" spans="1:6">
       <c r="A212" t="s">
         <v>68</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212">
         <v>0</v>
       </c>
       <c r="D212">
         <v>2025</v>
       </c>
       <c r="E212" t="s">
         <v>78</v>
       </c>
       <c r="F212" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="213" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="213" spans="1:6">
       <c r="A213" t="s">
         <v>69</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
         <v>0</v>
       </c>
       <c r="D213">
         <v>2025</v>
       </c>
       <c r="E213" t="s">
         <v>78</v>
       </c>
       <c r="F213" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="214" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="214" spans="1:6">
       <c r="A214" t="s">
         <v>70</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
         <v>0</v>
       </c>
       <c r="D214">
         <v>2025</v>
       </c>
       <c r="E214" t="s">
         <v>78</v>
       </c>
       <c r="F214" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="215" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="215" spans="1:6">
       <c r="A215" t="s">
         <v>71</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>2025</v>
       </c>
       <c r="E215" t="s">
         <v>78</v>
       </c>
       <c r="F215" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="216" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="216" spans="1:6">
       <c r="A216" t="s">
         <v>72</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
         <v>0</v>
       </c>
       <c r="D216">
         <v>2025</v>
       </c>
       <c r="E216" t="s">
         <v>78</v>
       </c>
       <c r="F216" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="217" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="217" spans="1:6">
       <c r="A217" t="s">
         <v>73</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
         <v>0</v>
       </c>
       <c r="D217">
         <v>2025</v>
       </c>
       <c r="E217" t="s">
         <v>78</v>
       </c>
       <c r="F217" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="218" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="218" spans="1:6">
       <c r="A218" t="s">
         <v>74</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
         <v>0</v>
       </c>
       <c r="D218">
         <v>2025</v>
       </c>
       <c r="E218" t="s">
         <v>78</v>
       </c>
       <c r="F218" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="219" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="219" spans="1:6">
       <c r="A219" t="s">
         <v>75</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
         <v>0</v>
       </c>
       <c r="D219">
         <v>2025</v>
       </c>
       <c r="E219" t="s">
         <v>78</v>
       </c>
       <c r="F219" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="220" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="220" spans="1:6">
       <c r="A220" t="s">
         <v>76</v>
       </c>
       <c r="B220">
         <v>5423706496</v>
       </c>
       <c r="C220">
         <v>0</v>
       </c>
       <c r="D220">
         <v>2025</v>
       </c>
       <c r="E220" t="s">
         <v>78</v>
       </c>
       <c r="F220" s="1">
         <v>200081697.40000001</v>
       </c>
     </row>
-    <row r="221" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="221" spans="1:6">
       <c r="A221" t="s">
         <v>5</v>
       </c>
       <c r="B221">
         <v>445343687</v>
       </c>
       <c r="C221">
         <v>0</v>
       </c>
       <c r="D221">
         <v>2025</v>
       </c>
       <c r="E221" t="s">
         <v>79</v>
       </c>
       <c r="F221" s="1">
         <v>45458759.93</v>
       </c>
     </row>
-    <row r="222" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="222" spans="1:6">
       <c r="A222" t="s">
         <v>7</v>
       </c>
       <c r="B222">
         <v>321153667</v>
       </c>
       <c r="C222">
         <v>1598818</v>
       </c>
       <c r="D222">
         <v>2025</v>
       </c>
       <c r="E222" t="s">
         <v>79</v>
       </c>
       <c r="F222" s="1">
         <v>24628911.780000001</v>
       </c>
     </row>
-    <row r="223" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="223" spans="1:6">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223">
         <v>60223366</v>
       </c>
       <c r="C223">
         <v>-2064357</v>
       </c>
       <c r="D223">
         <v>2025</v>
       </c>
       <c r="E223" t="s">
         <v>79</v>
       </c>
       <c r="F223" s="1">
         <v>17526782.91</v>
       </c>
     </row>
-    <row r="224" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:6">
       <c r="A224" t="s">
         <v>9</v>
       </c>
       <c r="B224">
         <v>25494000</v>
       </c>
       <c r="C224">
         <v>0</v>
       </c>
       <c r="D224">
         <v>2025</v>
       </c>
       <c r="E224" t="s">
         <v>79</v>
       </c>
       <c r="F224" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="225" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="225" spans="1:6">
       <c r="A225" t="s">
         <v>10</v>
       </c>
       <c r="B225">
         <v>38472654</v>
       </c>
       <c r="C225">
         <v>465539</v>
       </c>
       <c r="D225">
         <v>2025</v>
       </c>
       <c r="E225" t="s">
         <v>79</v>
       </c>
       <c r="F225" s="1">
         <v>3303065.24</v>
       </c>
     </row>
-    <row r="226" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="226" spans="1:6">
       <c r="A226" t="s">
         <v>11</v>
       </c>
       <c r="B226">
         <v>250669000</v>
       </c>
       <c r="C226">
         <v>0</v>
       </c>
       <c r="D226">
         <v>2025</v>
       </c>
       <c r="E226" t="s">
         <v>79</v>
       </c>
       <c r="F226" s="1">
         <v>50307059.090000004</v>
       </c>
     </row>
-    <row r="227" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="227" spans="1:6">
       <c r="A227" t="s">
         <v>12</v>
       </c>
       <c r="B227">
         <v>26560000</v>
       </c>
       <c r="C227">
         <v>0</v>
       </c>
       <c r="D227">
         <v>2025</v>
       </c>
       <c r="E227" t="s">
         <v>79</v>
       </c>
       <c r="F227" s="1">
         <v>1816765.27</v>
       </c>
     </row>
-    <row r="228" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="228" spans="1:6">
       <c r="A228" t="s">
         <v>82</v>
       </c>
       <c r="B228">
         <v>8350000</v>
       </c>
       <c r="C228">
         <v>0</v>
       </c>
       <c r="D228">
         <v>2025</v>
       </c>
       <c r="E228" t="s">
         <v>79</v>
       </c>
       <c r="F228" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="229" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="229" spans="1:6">
       <c r="A229" t="s">
         <v>13</v>
       </c>
       <c r="B229">
         <v>20000000</v>
       </c>
       <c r="C229">
         <v>0</v>
       </c>
       <c r="D229">
         <v>2025</v>
       </c>
       <c r="E229" t="s">
         <v>79</v>
       </c>
       <c r="F229" s="1">
         <v>16665765.73</v>
       </c>
     </row>
-    <row r="230" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="230" spans="1:6">
       <c r="A230" t="s">
         <v>14</v>
       </c>
       <c r="B230">
         <v>7420000</v>
       </c>
       <c r="C230">
         <v>0</v>
       </c>
       <c r="D230">
         <v>2025</v>
       </c>
       <c r="E230" t="s">
         <v>79</v>
       </c>
       <c r="F230" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="231" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="231" spans="1:6">
       <c r="A231" t="s">
         <v>15</v>
       </c>
       <c r="B231">
         <v>105309000</v>
       </c>
       <c r="C231">
         <v>0</v>
       </c>
       <c r="D231">
         <v>2025</v>
       </c>
       <c r="E231" t="s">
         <v>79</v>
       </c>
       <c r="F231" s="1">
         <v>46133066.850000001</v>
       </c>
     </row>
-    <row r="232" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="232" spans="1:6">
       <c r="A232" t="s">
         <v>16</v>
       </c>
       <c r="B232">
         <v>16800000</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>2025</v>
       </c>
       <c r="E232" t="s">
         <v>79</v>
       </c>
       <c r="F232" s="1">
         <v>287399.52</v>
       </c>
     </row>
-    <row r="233" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="233" spans="1:6">
       <c r="A233" t="s">
         <v>17</v>
       </c>
       <c r="B233">
         <v>24170000</v>
       </c>
       <c r="C233">
         <v>1000000</v>
       </c>
       <c r="D233">
         <v>2025</v>
       </c>
       <c r="E233" t="s">
         <v>79</v>
       </c>
       <c r="F233" s="1">
         <v>1190727.45</v>
       </c>
     </row>
-    <row r="234" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="234" spans="1:6">
       <c r="A234" t="s">
         <v>18</v>
       </c>
       <c r="B234">
         <v>34100000</v>
       </c>
       <c r="C234">
         <v>0</v>
       </c>
       <c r="D234">
         <v>2025</v>
       </c>
       <c r="E234" t="s">
         <v>79</v>
       </c>
       <c r="F234" s="1">
         <v>879100</v>
       </c>
     </row>
-    <row r="235" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="235" spans="1:6">
       <c r="A235" t="s">
         <v>19</v>
       </c>
       <c r="B235">
         <v>7960000</v>
       </c>
       <c r="C235">
         <v>0</v>
       </c>
       <c r="D235">
         <v>2025</v>
       </c>
       <c r="E235" t="s">
         <v>79</v>
       </c>
       <c r="F235" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="236" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="236" spans="1:6">
       <c r="A236" t="s">
         <v>20</v>
       </c>
       <c r="B236">
         <v>3827893504</v>
       </c>
       <c r="C236">
         <v>-1000000</v>
       </c>
       <c r="D236">
         <v>2025</v>
       </c>
       <c r="E236" t="s">
         <v>79</v>
       </c>
       <c r="F236" s="1">
         <v>179104175.69999999</v>
       </c>
     </row>
-    <row r="237" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="237" spans="1:6">
       <c r="A237" t="s">
         <v>21</v>
       </c>
       <c r="B237">
         <v>3652712135</v>
       </c>
       <c r="C237">
         <v>4012000</v>
       </c>
       <c r="D237">
         <v>2025</v>
       </c>
       <c r="E237" t="s">
         <v>79</v>
       </c>
       <c r="F237" s="1">
         <v>154977800.19999999</v>
       </c>
     </row>
-    <row r="238" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="238" spans="1:6">
       <c r="A238" t="s">
         <v>22</v>
       </c>
       <c r="B238">
         <v>7200000</v>
       </c>
       <c r="C238">
         <v>1300000</v>
       </c>
       <c r="D238">
         <v>2025</v>
       </c>
       <c r="E238" t="s">
         <v>79</v>
       </c>
       <c r="F238" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="239" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="239" spans="1:6">
       <c r="A239" t="s">
         <v>23</v>
       </c>
       <c r="B239">
         <v>3200000</v>
       </c>
       <c r="C239">
         <v>1000000</v>
       </c>
       <c r="D239">
         <v>2025</v>
       </c>
       <c r="E239" t="s">
         <v>79</v>
       </c>
       <c r="F239" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="240" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>24</v>
       </c>
       <c r="B240">
         <v>10000000</v>
       </c>
       <c r="C240">
         <v>0</v>
       </c>
       <c r="D240">
         <v>2025</v>
       </c>
       <c r="E240" t="s">
         <v>79</v>
       </c>
       <c r="F240" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="241" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="241" spans="1:6">
       <c r="A241" t="s">
         <v>25</v>
       </c>
       <c r="B241">
         <v>9010000</v>
       </c>
       <c r="C241">
         <v>0</v>
       </c>
       <c r="D241">
         <v>2025</v>
       </c>
       <c r="E241" t="s">
         <v>79</v>
       </c>
       <c r="F241" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="242" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="242" spans="1:6">
       <c r="A242" t="s">
         <v>26</v>
       </c>
       <c r="B242">
         <v>32482363</v>
       </c>
       <c r="C242">
         <v>-8412000</v>
       </c>
       <c r="D242">
         <v>2025</v>
       </c>
       <c r="E242" t="s">
         <v>79</v>
       </c>
       <c r="F242" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="243" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="243" spans="1:6">
       <c r="A243" t="s">
         <v>27</v>
       </c>
       <c r="B243">
         <v>31700000</v>
       </c>
       <c r="C243">
         <v>0</v>
       </c>
       <c r="D243">
         <v>2025</v>
       </c>
       <c r="E243" t="s">
         <v>79</v>
       </c>
       <c r="F243" s="1">
         <v>425600</v>
       </c>
     </row>
-    <row r="244" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="244" spans="1:6">
       <c r="A244" t="s">
         <v>28</v>
       </c>
       <c r="B244">
         <v>0</v>
       </c>
       <c r="C244">
         <v>0</v>
       </c>
       <c r="D244">
         <v>2025</v>
       </c>
       <c r="E244" t="s">
         <v>79</v>
       </c>
       <c r="F244" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="245" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="245" spans="1:6">
       <c r="A245" t="s">
         <v>29</v>
       </c>
       <c r="B245">
         <v>81589006</v>
       </c>
       <c r="C245">
         <v>1100000</v>
       </c>
       <c r="D245">
         <v>2025</v>
       </c>
       <c r="E245" t="s">
         <v>79</v>
       </c>
       <c r="F245" s="1">
         <v>23700775.539999999</v>
       </c>
     </row>
-    <row r="246" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="246" spans="1:6">
       <c r="A246" t="s">
         <v>30</v>
       </c>
       <c r="B246">
         <v>12000000</v>
       </c>
       <c r="C246">
         <v>0</v>
       </c>
       <c r="D246">
         <v>2025</v>
       </c>
       <c r="E246" t="s">
         <v>79</v>
       </c>
       <c r="F246" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="247" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="247" spans="1:6">
       <c r="A247" t="s">
         <v>31</v>
       </c>
       <c r="B247">
         <v>12000000</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>2025</v>
       </c>
       <c r="E247" t="s">
         <v>79</v>
       </c>
       <c r="F247" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="248" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>32</v>
       </c>
       <c r="B248">
         <v>0</v>
       </c>
       <c r="C248">
         <v>0</v>
       </c>
       <c r="D248">
         <v>2025</v>
       </c>
       <c r="E248" t="s">
         <v>79</v>
       </c>
       <c r="F248" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="249" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="249" spans="1:6">
       <c r="A249" t="s">
         <v>33</v>
       </c>
       <c r="B249">
         <v>0</v>
       </c>
       <c r="C249">
         <v>0</v>
       </c>
       <c r="D249">
         <v>2025</v>
       </c>
       <c r="E249" t="s">
         <v>79</v>
       </c>
       <c r="F249" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="250" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>34</v>
       </c>
       <c r="B250">
         <v>0</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>2025</v>
       </c>
       <c r="E250" t="s">
         <v>79</v>
       </c>
       <c r="F250" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="251" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="251" spans="1:6">
       <c r="A251" t="s">
         <v>35</v>
       </c>
       <c r="B251">
         <v>0</v>
       </c>
       <c r="C251">
         <v>0</v>
       </c>
       <c r="D251">
         <v>2025</v>
       </c>
       <c r="E251" t="s">
         <v>79</v>
       </c>
       <c r="F251" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="252" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>36</v>
       </c>
       <c r="B252">
         <v>0</v>
       </c>
       <c r="C252">
         <v>0</v>
       </c>
       <c r="D252">
         <v>2025</v>
       </c>
       <c r="E252" t="s">
         <v>79</v>
       </c>
       <c r="F252" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="253" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="253" spans="1:6">
       <c r="A253" t="s">
         <v>37</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
         <v>0</v>
       </c>
       <c r="D253">
         <v>2025</v>
       </c>
       <c r="E253" t="s">
         <v>79</v>
       </c>
       <c r="F253" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="254" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="254" spans="1:6">
       <c r="A254" t="s">
         <v>38</v>
       </c>
       <c r="B254">
         <v>0</v>
       </c>
       <c r="C254">
         <v>0</v>
       </c>
       <c r="D254">
         <v>2025</v>
       </c>
       <c r="E254" t="s">
         <v>79</v>
       </c>
       <c r="F254" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="255" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="255" spans="1:6">
       <c r="A255" t="s">
         <v>39</v>
       </c>
       <c r="B255">
         <v>0</v>
       </c>
       <c r="C255">
         <v>0</v>
       </c>
       <c r="D255">
         <v>2025</v>
       </c>
       <c r="E255" t="s">
         <v>79</v>
       </c>
       <c r="F255" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="256" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="256" spans="1:6">
       <c r="A256" t="s">
         <v>40</v>
       </c>
       <c r="B256">
         <v>0</v>
       </c>
       <c r="C256">
         <v>0</v>
       </c>
       <c r="D256">
         <v>2025</v>
       </c>
       <c r="E256" t="s">
         <v>79</v>
       </c>
       <c r="F256" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="257" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="257" spans="1:6">
       <c r="A257" t="s">
         <v>41</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
       <c r="C257">
         <v>0</v>
       </c>
       <c r="D257">
         <v>2025</v>
       </c>
       <c r="E257" t="s">
         <v>79</v>
       </c>
       <c r="F257" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="258" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="258" spans="1:6">
       <c r="A258" t="s">
         <v>42</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
       <c r="C258">
         <v>0</v>
       </c>
       <c r="D258">
         <v>2025</v>
       </c>
       <c r="E258" t="s">
         <v>79</v>
       </c>
       <c r="F258" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="259" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="259" spans="1:6">
       <c r="A259" t="s">
         <v>43</v>
       </c>
       <c r="B259">
         <v>0</v>
       </c>
       <c r="C259">
         <v>0</v>
       </c>
       <c r="D259">
         <v>2025</v>
       </c>
       <c r="E259" t="s">
         <v>79</v>
       </c>
       <c r="F259" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="260" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="260" spans="1:6">
       <c r="A260" t="s">
         <v>44</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
       <c r="C260">
         <v>0</v>
       </c>
       <c r="D260">
         <v>2025</v>
       </c>
       <c r="E260" t="s">
         <v>79</v>
       </c>
       <c r="F260" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="261" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>45</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
       <c r="C261">
         <v>0</v>
       </c>
       <c r="D261">
         <v>2025</v>
       </c>
       <c r="E261" t="s">
         <v>79</v>
       </c>
       <c r="F261" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="262" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>46</v>
       </c>
       <c r="B262">
         <v>887800305</v>
       </c>
       <c r="C262">
         <v>0</v>
       </c>
       <c r="D262">
         <v>2025</v>
       </c>
       <c r="E262" t="s">
         <v>79</v>
       </c>
       <c r="F262" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="263" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="263" spans="1:6">
       <c r="A263" t="s">
         <v>47</v>
       </c>
       <c r="B263">
         <v>850000000</v>
       </c>
       <c r="C263">
         <v>-101000000</v>
       </c>
       <c r="D263">
         <v>2025</v>
       </c>
       <c r="E263" t="s">
         <v>79</v>
       </c>
       <c r="F263" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="264" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="264" spans="1:6">
       <c r="A264" t="s">
         <v>48</v>
       </c>
       <c r="B264">
         <v>1500000</v>
       </c>
       <c r="C264">
         <v>79000000</v>
       </c>
       <c r="D264">
         <v>2025</v>
       </c>
       <c r="E264" t="s">
         <v>79</v>
       </c>
       <c r="F264" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="265" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="265" spans="1:6">
       <c r="A265" t="s">
         <v>49</v>
       </c>
       <c r="B265">
         <v>5000000</v>
       </c>
       <c r="C265">
         <v>0</v>
       </c>
       <c r="D265">
         <v>2025</v>
       </c>
       <c r="E265" t="s">
         <v>79</v>
       </c>
       <c r="F265" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="266" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="266" spans="1:6">
       <c r="A266" t="s">
         <v>50</v>
       </c>
       <c r="B266">
         <v>16000000</v>
       </c>
       <c r="C266">
         <v>0</v>
       </c>
       <c r="D266">
         <v>2025</v>
       </c>
       <c r="E266" t="s">
         <v>79</v>
       </c>
       <c r="F266" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="267" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>51</v>
       </c>
       <c r="B267">
         <v>15300305</v>
       </c>
       <c r="C267">
         <v>20000000</v>
       </c>
       <c r="D267">
         <v>2025</v>
       </c>
       <c r="E267" t="s">
         <v>79</v>
       </c>
       <c r="F267" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="268" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="268" spans="1:6">
       <c r="A268" t="s">
         <v>52</v>
       </c>
       <c r="B268">
         <v>0</v>
       </c>
       <c r="C268">
         <v>2000000</v>
       </c>
       <c r="D268">
         <v>2025</v>
       </c>
       <c r="E268" t="s">
         <v>79</v>
       </c>
       <c r="F268" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="269" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>53</v>
       </c>
       <c r="B269">
         <v>0</v>
       </c>
       <c r="C269">
         <v>0</v>
       </c>
       <c r="D269">
         <v>2025</v>
       </c>
       <c r="E269" t="s">
         <v>79</v>
       </c>
       <c r="F269" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="270" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>54</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
       <c r="C270">
         <v>0</v>
       </c>
       <c r="D270">
         <v>2025</v>
       </c>
       <c r="E270" t="s">
         <v>79</v>
       </c>
       <c r="F270" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="271" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="271" spans="1:6">
       <c r="A271" t="s">
         <v>55</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
       <c r="C271">
         <v>0</v>
       </c>
       <c r="D271">
         <v>2025</v>
       </c>
       <c r="E271" t="s">
         <v>79</v>
       </c>
       <c r="F271" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="272" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>56</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272">
         <v>0</v>
       </c>
       <c r="D272">
         <v>2025</v>
       </c>
       <c r="E272" t="s">
         <v>79</v>
       </c>
       <c r="F272" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="273" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="273" spans="1:6">
       <c r="A273" t="s">
         <v>57</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
       <c r="C273">
         <v>0</v>
       </c>
       <c r="D273">
         <v>2025</v>
       </c>
       <c r="E273" t="s">
         <v>79</v>
       </c>
       <c r="F273" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="274" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="274" spans="1:6">
       <c r="A274" t="s">
         <v>58</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
       <c r="C274">
         <v>0</v>
       </c>
       <c r="D274">
         <v>2025</v>
       </c>
       <c r="E274" t="s">
         <v>79</v>
       </c>
       <c r="F274" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="275" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="275" spans="1:6">
       <c r="A275" t="s">
         <v>59</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
       <c r="C275">
         <v>0</v>
       </c>
       <c r="D275">
         <v>2025</v>
       </c>
       <c r="E275" t="s">
         <v>79</v>
       </c>
       <c r="F275" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="276" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="276" spans="1:6">
       <c r="A276" t="s">
         <v>60</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
       <c r="C276">
         <v>0</v>
       </c>
       <c r="D276">
         <v>2025</v>
       </c>
       <c r="E276" t="s">
         <v>79</v>
       </c>
       <c r="F276" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="277" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="277" spans="1:6">
       <c r="A277" t="s">
         <v>61</v>
       </c>
       <c r="B277">
         <v>0</v>
       </c>
       <c r="C277">
         <v>0</v>
       </c>
       <c r="D277">
         <v>2025</v>
       </c>
       <c r="E277" t="s">
         <v>79</v>
       </c>
       <c r="F277" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="278" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="278" spans="1:6">
       <c r="A278" t="s">
         <v>62</v>
       </c>
       <c r="B278">
         <v>0</v>
       </c>
       <c r="C278">
         <v>0</v>
       </c>
       <c r="D278">
         <v>2025</v>
       </c>
       <c r="E278" t="s">
         <v>79</v>
       </c>
       <c r="F278" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="279" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="279" spans="1:6">
       <c r="A279" t="s">
         <v>63</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
       <c r="C279">
         <v>0</v>
       </c>
       <c r="D279">
         <v>2025</v>
       </c>
       <c r="E279" t="s">
         <v>79</v>
       </c>
       <c r="F279" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="280" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="280" spans="1:6">
       <c r="A280" t="s">
         <v>64</v>
       </c>
       <c r="B280">
         <v>0</v>
       </c>
       <c r="C280">
         <v>0</v>
       </c>
       <c r="D280">
         <v>2025</v>
       </c>
       <c r="E280" t="s">
         <v>79</v>
       </c>
       <c r="F280" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="281" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="281" spans="1:6">
       <c r="A281" t="s">
         <v>65</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
       <c r="C281">
         <v>0</v>
       </c>
       <c r="D281">
         <v>2025</v>
       </c>
       <c r="E281" t="s">
         <v>79</v>
       </c>
       <c r="F281" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="282" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="282" spans="1:6">
       <c r="A282" t="s">
         <v>83</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
       <c r="C282">
         <v>0</v>
       </c>
       <c r="D282">
         <v>2025</v>
       </c>
       <c r="E282" t="s">
         <v>79</v>
       </c>
       <c r="F282" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="283" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="283" spans="1:6">
       <c r="A283" t="s">
         <v>66</v>
       </c>
       <c r="B283">
         <v>5423706496</v>
       </c>
       <c r="C283">
         <v>0</v>
       </c>
       <c r="D283">
         <v>2025</v>
       </c>
       <c r="E283" t="s">
         <v>79</v>
       </c>
       <c r="F283" s="1">
         <v>274869994.80000001</v>
       </c>
     </row>
-    <row r="284" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="284" spans="1:6">
       <c r="A284" t="s">
         <v>67</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
       <c r="C284">
         <v>0</v>
       </c>
       <c r="D284">
         <v>2025</v>
       </c>
       <c r="E284" t="s">
         <v>79</v>
       </c>
       <c r="F284" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="285" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="285" spans="1:6">
       <c r="A285" t="s">
         <v>68</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
       <c r="C285">
         <v>0</v>
       </c>
       <c r="D285">
         <v>2025</v>
       </c>
       <c r="E285" t="s">
         <v>79</v>
       </c>
       <c r="F285" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="286" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="286" spans="1:6">
       <c r="A286" t="s">
         <v>69</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
       <c r="C286">
         <v>0</v>
       </c>
       <c r="D286">
         <v>2025</v>
       </c>
       <c r="E286" t="s">
         <v>79</v>
       </c>
       <c r="F286" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="287" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="287" spans="1:6">
       <c r="A287" t="s">
         <v>70</v>
       </c>
       <c r="B287">
         <v>0</v>
       </c>
       <c r="C287">
         <v>0</v>
       </c>
       <c r="D287">
         <v>2025</v>
       </c>
       <c r="E287" t="s">
         <v>79</v>
       </c>
       <c r="F287" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="288" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="288" spans="1:6">
       <c r="A288" t="s">
         <v>71</v>
       </c>
       <c r="B288">
         <v>0</v>
       </c>
       <c r="C288">
         <v>0</v>
       </c>
       <c r="D288">
         <v>2025</v>
       </c>
       <c r="E288" t="s">
         <v>79</v>
       </c>
       <c r="F288" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="289" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="289" spans="1:6">
       <c r="A289" t="s">
         <v>72</v>
       </c>
       <c r="B289">
         <v>0</v>
       </c>
       <c r="C289">
         <v>0</v>
       </c>
       <c r="D289">
         <v>2025</v>
       </c>
       <c r="E289" t="s">
         <v>79</v>
       </c>
       <c r="F289" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="290" spans="1:6">
       <c r="A290" t="s">
         <v>73</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
       <c r="C290">
         <v>0</v>
       </c>
       <c r="D290">
         <v>2025</v>
       </c>
       <c r="E290" t="s">
         <v>79</v>
       </c>
       <c r="F290" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="291" spans="1:6">
       <c r="A291" t="s">
         <v>74</v>
       </c>
       <c r="B291">
         <v>0</v>
       </c>
       <c r="C291">
         <v>0</v>
       </c>
       <c r="D291">
         <v>2025</v>
       </c>
       <c r="E291" t="s">
         <v>79</v>
       </c>
       <c r="F291" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="292" spans="1:6">
       <c r="A292" t="s">
         <v>75</v>
       </c>
       <c r="B292">
         <v>0</v>
       </c>
       <c r="C292">
         <v>0</v>
       </c>
       <c r="D292">
         <v>2025</v>
       </c>
       <c r="E292" t="s">
         <v>79</v>
       </c>
       <c r="F292" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="293" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="293" spans="1:6">
       <c r="A293" t="s">
         <v>76</v>
       </c>
       <c r="B293">
         <v>5423706496</v>
       </c>
       <c r="C293">
         <v>0</v>
       </c>
       <c r="D293">
         <v>2025</v>
       </c>
       <c r="E293" t="s">
         <v>79</v>
       </c>
       <c r="F293" s="1">
         <v>274869994.80000001</v>
       </c>
     </row>
-    <row r="294" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="294" spans="1:6">
       <c r="A294" t="s">
         <v>5</v>
       </c>
       <c r="B294">
         <v>445343687</v>
       </c>
       <c r="C294">
         <v>0</v>
       </c>
       <c r="D294">
         <v>2025</v>
       </c>
       <c r="E294" t="s">
         <v>80</v>
       </c>
       <c r="F294" s="1">
         <v>31663640.890000001</v>
       </c>
     </row>
-    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="295" spans="1:6">
       <c r="A295" t="s">
         <v>7</v>
       </c>
       <c r="B295">
         <v>321153667</v>
       </c>
       <c r="C295">
         <v>1598818</v>
       </c>
       <c r="D295">
         <v>2025</v>
       </c>
       <c r="E295" t="s">
         <v>80</v>
       </c>
       <c r="F295" s="1">
         <v>26295641.949999999</v>
       </c>
     </row>
-    <row r="296" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="296" spans="1:6">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296">
         <v>60223366</v>
       </c>
       <c r="C296">
         <v>-2064357</v>
       </c>
       <c r="D296">
         <v>2025</v>
       </c>
       <c r="E296" t="s">
         <v>80</v>
       </c>
       <c r="F296" s="1">
         <v>2095758.95</v>
       </c>
     </row>
-    <row r="297" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="297" spans="1:6">
       <c r="A297" t="s">
         <v>9</v>
       </c>
       <c r="B297">
         <v>25494000</v>
       </c>
       <c r="C297">
         <v>0</v>
       </c>
       <c r="D297">
         <v>2025</v>
       </c>
       <c r="E297" t="s">
         <v>80</v>
       </c>
       <c r="F297" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="298" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="298" spans="1:6">
       <c r="A298" t="s">
         <v>10</v>
       </c>
       <c r="B298">
         <v>38472654</v>
       </c>
       <c r="C298">
         <v>465539</v>
       </c>
       <c r="D298">
         <v>2025</v>
       </c>
       <c r="E298" t="s">
         <v>80</v>
       </c>
       <c r="F298" s="1">
         <v>3272239.99</v>
       </c>
     </row>
-    <row r="299" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="299" spans="1:6">
       <c r="A299" t="s">
         <v>11</v>
       </c>
       <c r="B299">
         <v>250669000</v>
       </c>
       <c r="C299">
         <v>2500000</v>
       </c>
       <c r="D299">
         <v>2025</v>
       </c>
       <c r="E299" t="s">
         <v>80</v>
       </c>
       <c r="F299" s="1">
         <v>12488143.5</v>
       </c>
     </row>
-    <row r="300" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="300" spans="1:6">
       <c r="A300" t="s">
         <v>12</v>
       </c>
       <c r="B300">
         <v>26560000</v>
       </c>
       <c r="C300">
         <v>0</v>
       </c>
       <c r="D300">
         <v>2025</v>
       </c>
       <c r="E300" t="s">
         <v>80</v>
       </c>
       <c r="F300" s="1">
         <v>948460.89</v>
       </c>
     </row>
-    <row r="301" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="301" spans="1:6">
       <c r="A301" t="s">
         <v>82</v>
       </c>
       <c r="B301">
         <v>8350000</v>
       </c>
       <c r="C301">
         <v>0</v>
       </c>
       <c r="D301">
         <v>2025</v>
       </c>
       <c r="E301" t="s">
         <v>80</v>
       </c>
       <c r="F301" s="1">
         <v>191975.61</v>
       </c>
     </row>
-    <row r="302" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="302" spans="1:6">
       <c r="A302" t="s">
         <v>13</v>
       </c>
       <c r="B302">
         <v>20000000</v>
       </c>
       <c r="C302">
         <v>0</v>
       </c>
       <c r="D302">
         <v>2025</v>
       </c>
       <c r="E302" t="s">
         <v>80</v>
       </c>
       <c r="F302" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="303" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="303" spans="1:6">
       <c r="A303" t="s">
         <v>14</v>
       </c>
       <c r="B303">
         <v>7420000</v>
       </c>
       <c r="C303">
         <v>0</v>
       </c>
       <c r="D303">
         <v>2025</v>
       </c>
       <c r="E303" t="s">
         <v>80</v>
       </c>
       <c r="F303" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="304" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="304" spans="1:6">
       <c r="A304" t="s">
         <v>15</v>
       </c>
       <c r="B304">
         <v>105309000</v>
       </c>
       <c r="C304">
         <v>0</v>
       </c>
       <c r="D304">
         <v>2025</v>
       </c>
       <c r="E304" t="s">
         <v>80</v>
       </c>
       <c r="F304" s="1">
         <v>9891900.3300000001</v>
       </c>
     </row>
-    <row r="305" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="305" spans="1:6">
       <c r="A305" t="s">
         <v>16</v>
       </c>
       <c r="B305">
         <v>16800000</v>
       </c>
       <c r="C305">
         <v>0</v>
       </c>
       <c r="D305">
         <v>2025</v>
       </c>
       <c r="E305" t="s">
         <v>80</v>
       </c>
       <c r="F305" s="1">
         <v>284515.15999999997</v>
       </c>
     </row>
-    <row r="306" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="306" spans="1:6">
       <c r="A306" t="s">
         <v>17</v>
       </c>
       <c r="B306">
         <v>24170000</v>
       </c>
       <c r="C306">
         <v>1500000</v>
       </c>
       <c r="D306">
         <v>2025</v>
       </c>
       <c r="E306" t="s">
         <v>80</v>
       </c>
       <c r="F306" s="1">
         <v>681591.51</v>
       </c>
     </row>
-    <row r="307" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="307" spans="1:6">
       <c r="A307" t="s">
         <v>18</v>
       </c>
       <c r="B307">
         <v>34100000</v>
       </c>
       <c r="C307">
         <v>0</v>
       </c>
       <c r="D307">
         <v>2025</v>
       </c>
       <c r="E307" t="s">
         <v>80</v>
       </c>
       <c r="F307" s="1">
         <v>489700</v>
       </c>
     </row>
-    <row r="308" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="308" spans="1:6">
       <c r="A308" t="s">
         <v>19</v>
       </c>
       <c r="B308">
         <v>7960000</v>
       </c>
       <c r="C308">
         <v>1000000</v>
       </c>
       <c r="D308">
         <v>2025</v>
       </c>
       <c r="E308" t="s">
         <v>80</v>
       </c>
       <c r="F308" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="309" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="309" spans="1:6">
       <c r="A309" t="s">
         <v>20</v>
       </c>
       <c r="B309">
         <v>3827893504</v>
       </c>
       <c r="C309">
         <v>-2500000</v>
       </c>
       <c r="D309">
         <v>2025</v>
       </c>
       <c r="E309" t="s">
         <v>80</v>
       </c>
       <c r="F309" s="1">
         <v>491947632.39999998</v>
       </c>
     </row>
-    <row r="310" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="310" spans="1:6">
       <c r="A310" t="s">
         <v>21</v>
       </c>
       <c r="B310">
         <v>3652712135</v>
       </c>
       <c r="C310">
         <v>1712000</v>
       </c>
       <c r="D310">
         <v>2025</v>
       </c>
       <c r="E310" t="s">
         <v>80</v>
       </c>
       <c r="F310" s="1">
         <v>464473949.80000001</v>
       </c>
     </row>
-    <row r="311" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="311" spans="1:6">
       <c r="A311" t="s">
         <v>22</v>
       </c>
       <c r="B311">
         <v>7200000</v>
       </c>
       <c r="C311">
         <v>1300000</v>
       </c>
       <c r="D311">
         <v>2025</v>
       </c>
       <c r="E311" t="s">
         <v>80</v>
       </c>
       <c r="F311" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="312" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="312" spans="1:6">
       <c r="A312" t="s">
         <v>23</v>
       </c>
       <c r="B312">
         <v>3200000</v>
       </c>
       <c r="C312">
         <v>1000000</v>
       </c>
       <c r="D312">
         <v>2025</v>
       </c>
       <c r="E312" t="s">
         <v>80</v>
       </c>
       <c r="F312" s="1">
         <v>299602</v>
       </c>
     </row>
-    <row r="313" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="313" spans="1:6">
       <c r="A313" t="s">
         <v>24</v>
       </c>
       <c r="B313">
         <v>10000000</v>
       </c>
       <c r="C313">
         <v>0</v>
       </c>
       <c r="D313">
         <v>2025</v>
       </c>
       <c r="E313" t="s">
         <v>80</v>
       </c>
       <c r="F313" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="314" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="314" spans="1:6">
       <c r="A314" t="s">
         <v>25</v>
       </c>
       <c r="B314">
         <v>9010000</v>
       </c>
       <c r="C314">
         <v>100000</v>
       </c>
       <c r="D314">
         <v>2025</v>
       </c>
       <c r="E314" t="s">
         <v>80</v>
       </c>
       <c r="F314" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="315" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="315" spans="1:6">
       <c r="A315" t="s">
         <v>26</v>
       </c>
       <c r="B315">
         <v>32482363</v>
       </c>
       <c r="C315">
         <v>-8412000</v>
       </c>
       <c r="D315">
         <v>2025</v>
       </c>
       <c r="E315" t="s">
         <v>80</v>
       </c>
       <c r="F315" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="316" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="316" spans="1:6">
       <c r="A316" t="s">
         <v>27</v>
       </c>
       <c r="B316">
         <v>31700000</v>
       </c>
       <c r="C316">
         <v>300000</v>
       </c>
       <c r="D316">
         <v>2025</v>
       </c>
       <c r="E316" t="s">
         <v>80</v>
       </c>
       <c r="F316" s="1">
         <v>1807600</v>
       </c>
     </row>
-    <row r="317" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="317" spans="1:6">
       <c r="A317" t="s">
         <v>28</v>
       </c>
       <c r="B317">
         <v>0</v>
       </c>
       <c r="C317">
         <v>0</v>
       </c>
       <c r="D317">
         <v>2025</v>
       </c>
       <c r="E317" t="s">
         <v>80</v>
       </c>
       <c r="F317" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="318" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="318" spans="1:6">
       <c r="A318" t="s">
         <v>29</v>
       </c>
       <c r="B318">
         <v>81589006</v>
       </c>
       <c r="C318">
         <v>1500000</v>
       </c>
       <c r="D318">
         <v>2025</v>
       </c>
       <c r="E318" t="s">
         <v>80</v>
       </c>
       <c r="F318" s="1">
         <v>25366480.649999999</v>
       </c>
     </row>
-    <row r="319" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="319" spans="1:6">
       <c r="A319" t="s">
         <v>30</v>
       </c>
       <c r="B319">
         <v>12000000</v>
       </c>
       <c r="C319">
         <v>0</v>
       </c>
       <c r="D319">
         <v>2025</v>
       </c>
       <c r="E319" t="s">
         <v>80</v>
       </c>
       <c r="F319" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="320" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="320" spans="1:6">
       <c r="A320" t="s">
         <v>31</v>
       </c>
       <c r="B320">
         <v>12000000</v>
       </c>
       <c r="C320">
         <v>0</v>
       </c>
       <c r="D320">
         <v>2025</v>
       </c>
       <c r="E320" t="s">
         <v>80</v>
       </c>
       <c r="F320" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="321" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="321" spans="1:6">
       <c r="A321" t="s">
         <v>32</v>
       </c>
       <c r="B321">
         <v>0</v>
       </c>
       <c r="C321">
         <v>0</v>
       </c>
       <c r="D321">
         <v>2025</v>
       </c>
       <c r="E321" t="s">
         <v>80</v>
       </c>
       <c r="F321" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="322" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="322" spans="1:6">
       <c r="A322" t="s">
         <v>33</v>
       </c>
       <c r="B322">
         <v>0</v>
       </c>
       <c r="C322">
         <v>0</v>
       </c>
       <c r="D322">
         <v>2025</v>
       </c>
       <c r="E322" t="s">
         <v>80</v>
       </c>
       <c r="F322" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="323" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="323" spans="1:6">
       <c r="A323" t="s">
         <v>34</v>
       </c>
       <c r="B323">
         <v>0</v>
       </c>
       <c r="C323">
         <v>0</v>
       </c>
       <c r="D323">
         <v>2025</v>
       </c>
       <c r="E323" t="s">
         <v>80</v>
       </c>
       <c r="F323" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="324" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="324" spans="1:6">
       <c r="A324" t="s">
         <v>35</v>
       </c>
       <c r="B324">
         <v>0</v>
       </c>
       <c r="C324">
         <v>0</v>
       </c>
       <c r="D324">
         <v>2025</v>
       </c>
       <c r="E324" t="s">
         <v>80</v>
       </c>
       <c r="F324" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="325" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="325" spans="1:6">
       <c r="A325" t="s">
         <v>36</v>
       </c>
       <c r="B325">
         <v>0</v>
       </c>
       <c r="C325">
         <v>0</v>
       </c>
       <c r="D325">
         <v>2025</v>
       </c>
       <c r="E325" t="s">
         <v>80</v>
       </c>
       <c r="F325" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="326" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="326" spans="1:6">
       <c r="A326" t="s">
         <v>37</v>
       </c>
       <c r="B326">
         <v>0</v>
       </c>
       <c r="C326">
         <v>0</v>
       </c>
       <c r="D326">
         <v>2025</v>
       </c>
       <c r="E326" t="s">
         <v>80</v>
       </c>
       <c r="F326" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="327" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="327" spans="1:6">
       <c r="A327" t="s">
         <v>38</v>
       </c>
       <c r="B327">
         <v>0</v>
       </c>
       <c r="C327">
         <v>0</v>
       </c>
       <c r="D327">
         <v>2025</v>
       </c>
       <c r="E327" t="s">
         <v>80</v>
       </c>
       <c r="F327" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="328" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="328" spans="1:6">
       <c r="A328" t="s">
         <v>39</v>
       </c>
       <c r="B328">
         <v>0</v>
       </c>
       <c r="C328">
         <v>0</v>
       </c>
       <c r="D328">
         <v>2025</v>
       </c>
       <c r="E328" t="s">
         <v>80</v>
       </c>
       <c r="F328" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="329" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="329" spans="1:6">
       <c r="A329" t="s">
         <v>40</v>
       </c>
       <c r="B329">
         <v>0</v>
       </c>
       <c r="C329">
         <v>0</v>
       </c>
       <c r="D329">
         <v>2025</v>
       </c>
       <c r="E329" t="s">
         <v>80</v>
       </c>
       <c r="F329" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="330" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="330" spans="1:6">
       <c r="A330" t="s">
         <v>41</v>
       </c>
       <c r="B330">
         <v>0</v>
       </c>
       <c r="C330">
         <v>0</v>
       </c>
       <c r="D330">
         <v>2025</v>
       </c>
       <c r="E330" t="s">
         <v>80</v>
       </c>
       <c r="F330" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="331" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="331" spans="1:6">
       <c r="A331" t="s">
         <v>42</v>
       </c>
       <c r="B331">
         <v>0</v>
       </c>
       <c r="C331">
         <v>0</v>
       </c>
       <c r="D331">
         <v>2025</v>
       </c>
       <c r="E331" t="s">
         <v>80</v>
       </c>
       <c r="F331" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="332" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="332" spans="1:6">
       <c r="A332" t="s">
         <v>43</v>
       </c>
       <c r="B332">
         <v>0</v>
       </c>
       <c r="C332">
         <v>0</v>
       </c>
       <c r="D332">
         <v>2025</v>
       </c>
       <c r="E332" t="s">
         <v>80</v>
       </c>
       <c r="F332" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="333" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="333" spans="1:6">
       <c r="A333" t="s">
         <v>44</v>
       </c>
       <c r="B333">
         <v>0</v>
       </c>
       <c r="C333">
         <v>0</v>
       </c>
       <c r="D333">
         <v>2025</v>
       </c>
       <c r="E333" t="s">
         <v>80</v>
       </c>
       <c r="F333" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="334" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="334" spans="1:6">
       <c r="A334" t="s">
         <v>45</v>
       </c>
       <c r="B334">
         <v>0</v>
       </c>
       <c r="C334">
         <v>0</v>
       </c>
       <c r="D334">
         <v>2025</v>
       </c>
       <c r="E334" t="s">
         <v>80</v>
       </c>
       <c r="F334" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="335" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="335" spans="1:6">
       <c r="A335" t="s">
         <v>46</v>
       </c>
       <c r="B335">
         <v>887800305</v>
       </c>
       <c r="C335">
         <v>0</v>
       </c>
       <c r="D335">
         <v>2025</v>
       </c>
       <c r="E335" t="s">
         <v>80</v>
       </c>
       <c r="F335" s="1">
         <v>4600817</v>
       </c>
     </row>
-    <row r="336" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="336" spans="1:6">
       <c r="A336" t="s">
         <v>47</v>
       </c>
       <c r="B336">
         <v>850000000</v>
       </c>
       <c r="C336">
         <v>-101000000</v>
       </c>
       <c r="D336">
         <v>2025</v>
       </c>
       <c r="E336" t="s">
         <v>80</v>
       </c>
       <c r="F336" s="1">
         <v>4600817</v>
       </c>
     </row>
-    <row r="337" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="337" spans="1:6">
       <c r="A337" t="s">
         <v>48</v>
       </c>
       <c r="B337">
         <v>1500000</v>
       </c>
       <c r="C337">
         <v>79000000</v>
       </c>
       <c r="D337">
         <v>2025</v>
       </c>
       <c r="E337" t="s">
         <v>80</v>
       </c>
       <c r="F337" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="338" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="338" spans="1:6">
       <c r="A338" t="s">
         <v>49</v>
       </c>
       <c r="B338">
         <v>5000000</v>
       </c>
       <c r="C338">
         <v>0</v>
       </c>
       <c r="D338">
         <v>2025</v>
       </c>
       <c r="E338" t="s">
         <v>80</v>
       </c>
       <c r="F338" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="339" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="339" spans="1:6">
       <c r="A339" t="s">
         <v>50</v>
       </c>
       <c r="B339">
         <v>16000000</v>
       </c>
       <c r="C339">
         <v>0</v>
       </c>
       <c r="D339">
         <v>2025</v>
       </c>
       <c r="E339" t="s">
         <v>80</v>
       </c>
       <c r="F339" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="340" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="340" spans="1:6">
       <c r="A340" t="s">
         <v>51</v>
       </c>
       <c r="B340">
         <v>15300305</v>
       </c>
       <c r="C340">
         <v>20000000</v>
       </c>
       <c r="D340">
         <v>2025</v>
       </c>
       <c r="E340" t="s">
         <v>80</v>
       </c>
       <c r="F340" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="341" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="341" spans="1:6">
       <c r="A341" t="s">
         <v>52</v>
       </c>
       <c r="B341">
         <v>0</v>
       </c>
       <c r="C341">
         <v>2000000</v>
       </c>
       <c r="D341">
         <v>2025</v>
       </c>
       <c r="E341" t="s">
         <v>80</v>
       </c>
       <c r="F341" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="342" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="342" spans="1:6">
       <c r="A342" t="s">
         <v>53</v>
       </c>
       <c r="B342">
         <v>0</v>
       </c>
       <c r="C342">
         <v>0</v>
       </c>
       <c r="D342">
         <v>2025</v>
       </c>
       <c r="E342" t="s">
         <v>80</v>
       </c>
       <c r="F342" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="343" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="343" spans="1:6">
       <c r="A343" t="s">
         <v>54</v>
       </c>
       <c r="B343">
         <v>0</v>
       </c>
       <c r="C343">
         <v>0</v>
       </c>
       <c r="D343">
         <v>2025</v>
       </c>
       <c r="E343" t="s">
         <v>80</v>
       </c>
       <c r="F343" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="344" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="344" spans="1:6">
       <c r="A344" t="s">
         <v>55</v>
       </c>
       <c r="B344">
         <v>0</v>
       </c>
       <c r="C344">
         <v>0</v>
       </c>
       <c r="D344">
         <v>2025</v>
       </c>
       <c r="E344" t="s">
         <v>80</v>
       </c>
       <c r="F344" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="345" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="345" spans="1:6">
       <c r="A345" t="s">
         <v>56</v>
       </c>
       <c r="B345">
         <v>0</v>
       </c>
       <c r="C345">
         <v>0</v>
       </c>
       <c r="D345">
         <v>2025</v>
       </c>
       <c r="E345" t="s">
         <v>80</v>
       </c>
       <c r="F345" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="346" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="346" spans="1:6">
       <c r="A346" t="s">
         <v>57</v>
       </c>
       <c r="B346">
         <v>0</v>
       </c>
       <c r="C346">
         <v>0</v>
       </c>
       <c r="D346">
         <v>2025</v>
       </c>
       <c r="E346" t="s">
         <v>80</v>
       </c>
       <c r="F346" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="347" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="347" spans="1:6">
       <c r="A347" t="s">
         <v>58</v>
       </c>
       <c r="B347">
         <v>0</v>
       </c>
       <c r="C347">
         <v>0</v>
       </c>
       <c r="D347">
         <v>2025</v>
       </c>
       <c r="E347" t="s">
         <v>80</v>
       </c>
       <c r="F347" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="348" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="348" spans="1:6">
       <c r="A348" t="s">
         <v>59</v>
       </c>
       <c r="B348">
         <v>0</v>
       </c>
       <c r="C348">
         <v>0</v>
       </c>
       <c r="D348">
         <v>2025</v>
       </c>
       <c r="E348" t="s">
         <v>80</v>
       </c>
       <c r="F348" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="349" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="349" spans="1:6">
       <c r="A349" t="s">
         <v>60</v>
       </c>
       <c r="B349">
         <v>0</v>
       </c>
       <c r="C349">
         <v>0</v>
       </c>
       <c r="D349">
         <v>2025</v>
       </c>
       <c r="E349" t="s">
         <v>80</v>
       </c>
       <c r="F349" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="350" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="350" spans="1:6">
       <c r="A350" t="s">
         <v>61</v>
       </c>
       <c r="B350">
         <v>0</v>
       </c>
       <c r="C350">
         <v>0</v>
       </c>
       <c r="D350">
         <v>2025</v>
       </c>
       <c r="E350" t="s">
         <v>80</v>
       </c>
       <c r="F350" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="351" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="351" spans="1:6">
       <c r="A351" t="s">
         <v>62</v>
       </c>
       <c r="B351">
         <v>0</v>
       </c>
       <c r="C351">
         <v>0</v>
       </c>
       <c r="D351">
         <v>2025</v>
       </c>
       <c r="E351" t="s">
         <v>80</v>
       </c>
       <c r="F351" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="352" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="352" spans="1:6">
       <c r="A352" t="s">
         <v>63</v>
       </c>
       <c r="B352">
         <v>0</v>
       </c>
       <c r="C352">
         <v>0</v>
       </c>
       <c r="D352">
         <v>2025</v>
       </c>
       <c r="E352" t="s">
         <v>80</v>
       </c>
       <c r="F352" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="353" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="353" spans="1:6">
       <c r="A353" t="s">
         <v>64</v>
       </c>
       <c r="B353">
         <v>0</v>
       </c>
       <c r="C353">
         <v>0</v>
       </c>
       <c r="D353">
         <v>2025</v>
       </c>
       <c r="E353" t="s">
         <v>80</v>
       </c>
       <c r="F353" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="354" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="354" spans="1:6">
       <c r="A354" t="s">
         <v>65</v>
       </c>
       <c r="B354">
         <v>0</v>
       </c>
       <c r="C354">
         <v>0</v>
       </c>
       <c r="D354">
         <v>2025</v>
       </c>
       <c r="E354" t="s">
         <v>80</v>
       </c>
       <c r="F354" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="355" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="355" spans="1:6">
       <c r="A355" t="s">
         <v>83</v>
       </c>
       <c r="B355">
         <v>0</v>
       </c>
       <c r="C355">
         <v>0</v>
       </c>
       <c r="D355">
         <v>2025</v>
       </c>
       <c r="E355" t="s">
         <v>80</v>
       </c>
       <c r="F355" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="356" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="356" spans="1:6">
       <c r="A356" t="s">
         <v>66</v>
       </c>
       <c r="B356">
         <v>5423706496</v>
       </c>
       <c r="C356">
         <v>0</v>
       </c>
       <c r="D356">
         <v>2025</v>
       </c>
       <c r="E356" t="s">
         <v>80</v>
       </c>
       <c r="F356" s="1">
         <v>540700233.79999995</v>
       </c>
     </row>
-    <row r="357" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="357" spans="1:6">
       <c r="A357" t="s">
         <v>67</v>
       </c>
       <c r="B357">
         <v>0</v>
       </c>
       <c r="C357">
         <v>0</v>
       </c>
       <c r="D357">
         <v>2025</v>
       </c>
       <c r="E357" t="s">
         <v>80</v>
       </c>
       <c r="F357" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="358" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="358" spans="1:6">
       <c r="A358" t="s">
         <v>68</v>
       </c>
       <c r="B358">
         <v>0</v>
       </c>
       <c r="C358">
         <v>0</v>
       </c>
       <c r="D358">
         <v>2025</v>
       </c>
       <c r="E358" t="s">
         <v>80</v>
       </c>
       <c r="F358" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="359" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="359" spans="1:6">
       <c r="A359" t="s">
         <v>69</v>
       </c>
       <c r="B359">
         <v>0</v>
       </c>
       <c r="C359">
         <v>0</v>
       </c>
       <c r="D359">
         <v>2025</v>
       </c>
       <c r="E359" t="s">
         <v>80</v>
       </c>
       <c r="F359" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="360" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="360" spans="1:6">
       <c r="A360" t="s">
         <v>70</v>
       </c>
       <c r="B360">
         <v>0</v>
       </c>
       <c r="C360">
         <v>0</v>
       </c>
       <c r="D360">
         <v>2025</v>
       </c>
       <c r="E360" t="s">
         <v>80</v>
       </c>
       <c r="F360" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="361" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="361" spans="1:6">
       <c r="A361" t="s">
         <v>71</v>
       </c>
       <c r="B361">
         <v>0</v>
       </c>
       <c r="C361">
         <v>0</v>
       </c>
       <c r="D361">
         <v>2025</v>
       </c>
       <c r="E361" t="s">
         <v>80</v>
       </c>
       <c r="F361" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="362" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="362" spans="1:6">
       <c r="A362" t="s">
         <v>72</v>
       </c>
       <c r="B362">
         <v>0</v>
       </c>
       <c r="C362">
         <v>0</v>
       </c>
       <c r="D362">
         <v>2025</v>
       </c>
       <c r="E362" t="s">
         <v>80</v>
       </c>
       <c r="F362" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="363" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="363" spans="1:6">
       <c r="A363" t="s">
         <v>73</v>
       </c>
       <c r="B363">
         <v>0</v>
       </c>
       <c r="C363">
         <v>0</v>
       </c>
       <c r="D363">
         <v>2025</v>
       </c>
       <c r="E363" t="s">
         <v>80</v>
       </c>
       <c r="F363" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="364" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="364" spans="1:6">
       <c r="A364" t="s">
         <v>74</v>
       </c>
       <c r="B364">
         <v>0</v>
       </c>
       <c r="C364">
         <v>0</v>
       </c>
       <c r="D364">
         <v>2025</v>
       </c>
       <c r="E364" t="s">
         <v>80</v>
       </c>
       <c r="F364" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="365" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="365" spans="1:6">
       <c r="A365" t="s">
         <v>75</v>
       </c>
       <c r="B365">
         <v>0</v>
       </c>
       <c r="C365">
         <v>0</v>
       </c>
       <c r="D365">
         <v>2025</v>
       </c>
       <c r="E365" t="s">
         <v>80</v>
       </c>
       <c r="F365" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="366" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="366" spans="1:6">
       <c r="A366" t="s">
         <v>76</v>
       </c>
       <c r="B366">
         <v>5423706496</v>
       </c>
       <c r="C366">
         <v>0</v>
       </c>
       <c r="D366">
         <v>2025</v>
       </c>
       <c r="E366" t="s">
         <v>80</v>
       </c>
       <c r="F366" s="1">
         <v>540700233.79999995</v>
       </c>
     </row>
-    <row r="367" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="367" spans="1:6">
       <c r="A367" t="s">
         <v>5</v>
       </c>
       <c r="B367">
         <v>445343687</v>
       </c>
       <c r="C367">
         <v>0</v>
       </c>
       <c r="D367">
         <v>2025</v>
       </c>
       <c r="E367" t="s">
         <v>81</v>
       </c>
       <c r="F367" s="1">
         <v>25923541.889999997</v>
       </c>
     </row>
-    <row r="368" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="368" spans="1:6">
       <c r="A368" t="s">
         <v>7</v>
       </c>
       <c r="B368">
         <v>321153667</v>
       </c>
       <c r="C368">
         <v>1598818</v>
       </c>
       <c r="D368">
         <v>2025</v>
       </c>
       <c r="E368" t="s">
         <v>81</v>
       </c>
       <c r="F368" s="1">
         <v>24550291.489999998</v>
       </c>
     </row>
-    <row r="369" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="369" spans="1:6">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369">
         <v>60223366</v>
       </c>
       <c r="C369">
         <v>-2064357</v>
       </c>
       <c r="D369">
         <v>2025</v>
       </c>
       <c r="E369" t="s">
         <v>81</v>
       </c>
       <c r="F369" s="1">
         <v>1373250.4</v>
       </c>
     </row>
-    <row r="370" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="370" spans="1:6">
       <c r="A370" t="s">
         <v>9</v>
       </c>
       <c r="B370">
         <v>25494000</v>
       </c>
       <c r="C370">
         <v>0</v>
       </c>
       <c r="D370">
         <v>2025</v>
       </c>
       <c r="E370" t="s">
         <v>81</v>
       </c>
       <c r="F370" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="371" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="371" spans="1:6">
       <c r="A371" t="s">
         <v>10</v>
       </c>
       <c r="B371">
         <v>38472654</v>
       </c>
       <c r="C371">
         <v>465539</v>
       </c>
       <c r="D371">
         <v>2025</v>
       </c>
       <c r="E371" t="s">
         <v>81</v>
       </c>
       <c r="F371" s="1">
         <v>3311215.36</v>
       </c>
     </row>
-    <row r="372" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="372" spans="1:6">
       <c r="A372" t="s">
         <v>11</v>
       </c>
       <c r="B372">
         <v>250669000</v>
       </c>
       <c r="C372">
         <v>2900000</v>
       </c>
       <c r="D372">
         <v>2025</v>
       </c>
       <c r="E372" t="s">
         <v>81</v>
       </c>
       <c r="F372" s="1">
         <v>2947127.7</v>
       </c>
     </row>
-    <row r="373" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="373" spans="1:6">
       <c r="A373" t="s">
         <v>12</v>
       </c>
       <c r="B373">
         <v>26560000</v>
       </c>
       <c r="C373">
         <v>0</v>
       </c>
       <c r="D373">
         <v>2025</v>
       </c>
       <c r="E373" t="s">
         <v>81</v>
       </c>
       <c r="F373" s="1">
         <v>2851139.89</v>
       </c>
     </row>
-    <row r="374" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="374" spans="1:6">
       <c r="A374" t="s">
         <v>82</v>
       </c>
       <c r="B374">
         <v>8350000</v>
       </c>
       <c r="C374">
         <v>0</v>
       </c>
       <c r="D374">
         <v>2025</v>
       </c>
       <c r="E374" t="s">
         <v>81</v>
       </c>
       <c r="F374" s="1">
         <v>95987.81</v>
       </c>
     </row>
-    <row r="375" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="375" spans="1:6">
       <c r="A375" t="s">
         <v>13</v>
       </c>
       <c r="B375">
         <v>20000000</v>
       </c>
       <c r="C375">
         <v>0</v>
       </c>
       <c r="D375">
         <v>2025</v>
       </c>
       <c r="E375" t="s">
         <v>81</v>
       </c>
       <c r="F375" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="376" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="376" spans="1:6">
       <c r="A376" t="s">
         <v>14</v>
       </c>
       <c r="B376">
         <v>7420000</v>
       </c>
       <c r="C376">
         <v>0</v>
       </c>
       <c r="D376">
         <v>2025</v>
       </c>
       <c r="E376" t="s">
         <v>81</v>
       </c>
       <c r="F376" s="1">
         <v>225641.1</v>
       </c>
     </row>
-    <row r="377" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="377" spans="1:6">
       <c r="A377" t="s">
         <v>15</v>
       </c>
       <c r="B377">
         <v>105309000</v>
       </c>
       <c r="C377">
         <v>0</v>
       </c>
       <c r="D377">
         <v>2025</v>
       </c>
       <c r="E377" t="s">
         <v>81</v>
       </c>
       <c r="F377" s="1">
         <v>9792075.3300000001</v>
       </c>
     </row>
-    <row r="378" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="378" spans="1:6">
       <c r="A378" t="s">
         <v>16</v>
       </c>
       <c r="B378">
         <v>16800000</v>
       </c>
       <c r="C378">
         <v>0</v>
       </c>
       <c r="D378">
         <v>2025</v>
       </c>
       <c r="E378" t="s">
         <v>81</v>
       </c>
       <c r="F378" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="379" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="379" spans="1:6">
       <c r="A379" t="s">
         <v>17</v>
       </c>
       <c r="B379">
         <v>24170000</v>
       </c>
       <c r="C379">
         <v>1900000</v>
       </c>
       <c r="D379">
         <v>2025</v>
       </c>
       <c r="E379" t="s">
         <v>81</v>
       </c>
       <c r="F379" s="1">
         <v>469558.23</v>
       </c>
     </row>
-    <row r="380" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="380" spans="1:6">
       <c r="A380" t="s">
         <v>18</v>
       </c>
       <c r="B380">
         <v>34100000</v>
       </c>
       <c r="C380">
         <v>0</v>
       </c>
       <c r="D380">
         <v>2025</v>
       </c>
       <c r="E380" t="s">
         <v>81</v>
       </c>
       <c r="F380" s="1">
         <v>1374700</v>
       </c>
     </row>
-    <row r="381" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="381" spans="1:6">
       <c r="A381" t="s">
         <v>19</v>
       </c>
       <c r="B381">
         <v>7960000</v>
       </c>
       <c r="C381">
         <v>1000000</v>
       </c>
       <c r="D381">
         <v>2025</v>
       </c>
       <c r="E381" t="s">
         <v>81</v>
       </c>
       <c r="F381" s="1">
         <v>1118080.05</v>
       </c>
     </row>
-    <row r="382" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="382" spans="1:6">
       <c r="A382" t="s">
         <v>20</v>
       </c>
       <c r="B382">
         <v>3827893504</v>
       </c>
       <c r="C382">
         <v>-2900000</v>
       </c>
       <c r="D382">
         <v>2025</v>
       </c>
       <c r="E382" t="s">
         <v>81</v>
       </c>
       <c r="F382" s="1">
         <v>593313434.55999994</v>
       </c>
     </row>
-    <row r="383" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="383" spans="1:6">
       <c r="A383" t="s">
         <v>21</v>
       </c>
       <c r="B383">
         <v>3652712135</v>
       </c>
       <c r="C383">
         <v>-1438000</v>
       </c>
       <c r="D383">
         <v>2025</v>
       </c>
       <c r="E383" t="s">
         <v>81</v>
       </c>
       <c r="F383" s="1">
         <v>581061828.13999999</v>
       </c>
     </row>
-    <row r="384" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="384" spans="1:6">
       <c r="A384" t="s">
         <v>22</v>
       </c>
       <c r="B384">
         <v>7200000</v>
       </c>
       <c r="C384">
         <v>1300000</v>
       </c>
       <c r="D384">
         <v>2025</v>
       </c>
       <c r="E384" t="s">
         <v>81</v>
       </c>
       <c r="F384" s="1">
         <v>24520.400000000001</v>
       </c>
     </row>
-    <row r="385" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="385" spans="1:6">
       <c r="A385" t="s">
         <v>23</v>
       </c>
       <c r="B385">
         <v>3200000</v>
       </c>
       <c r="C385">
         <v>1000000</v>
       </c>
       <c r="D385">
         <v>2025</v>
       </c>
       <c r="E385" t="s">
         <v>81</v>
       </c>
       <c r="F385" s="1">
         <v>666033.30000000005</v>
       </c>
     </row>
-    <row r="386" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="386" spans="1:6">
       <c r="A386" t="s">
         <v>24</v>
       </c>
       <c r="B386">
         <v>10000000</v>
       </c>
       <c r="C386">
         <v>0</v>
       </c>
       <c r="D386">
         <v>2025</v>
       </c>
       <c r="E386" t="s">
         <v>81</v>
       </c>
       <c r="F386" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="387" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="387" spans="1:6">
       <c r="A387" t="s">
         <v>25</v>
       </c>
       <c r="B387">
         <v>9010000</v>
       </c>
       <c r="C387">
         <v>100000</v>
       </c>
       <c r="D387">
         <v>2025</v>
       </c>
       <c r="E387" t="s">
         <v>81</v>
       </c>
       <c r="F387" s="1">
         <v>4563700.7300000004</v>
       </c>
     </row>
-    <row r="388" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="388" spans="1:6">
       <c r="A388" t="s">
         <v>26</v>
       </c>
       <c r="B388">
         <v>32482363</v>
       </c>
       <c r="C388">
         <v>-7412000</v>
       </c>
       <c r="D388">
         <v>2025</v>
       </c>
       <c r="E388" t="s">
         <v>81</v>
       </c>
       <c r="F388" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="389" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="389" spans="1:6">
       <c r="A389" t="s">
         <v>27</v>
       </c>
       <c r="B389">
         <v>31700000</v>
       </c>
       <c r="C389">
         <v>900000</v>
       </c>
       <c r="D389">
         <v>2025</v>
       </c>
       <c r="E389" t="s">
         <v>81</v>
       </c>
       <c r="F389" s="1">
         <v>2125999.87</v>
       </c>
     </row>
-    <row r="390" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="390" spans="1:6">
       <c r="A390" t="s">
         <v>28</v>
       </c>
       <c r="B390">
         <v>0</v>
       </c>
       <c r="C390">
         <v>0</v>
       </c>
       <c r="D390">
         <v>2025</v>
       </c>
       <c r="E390" t="s">
         <v>81</v>
       </c>
       <c r="F390" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="391" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="391" spans="1:6">
       <c r="A391" t="s">
         <v>29</v>
       </c>
       <c r="B391">
         <v>81589006</v>
       </c>
       <c r="C391">
         <v>2650000</v>
       </c>
       <c r="D391">
         <v>2025</v>
       </c>
       <c r="E391" t="s">
         <v>81</v>
       </c>
       <c r="F391" s="1">
         <v>4871352.12</v>
       </c>
     </row>
-    <row r="392" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="392" spans="1:6">
       <c r="A392" t="s">
         <v>30</v>
       </c>
       <c r="B392">
         <v>12000000</v>
       </c>
       <c r="C392">
         <v>0</v>
       </c>
       <c r="D392">
         <v>2025</v>
       </c>
       <c r="E392" t="s">
         <v>81</v>
       </c>
       <c r="F392" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="393" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="393" spans="1:6">
       <c r="A393" t="s">
         <v>31</v>
       </c>
       <c r="B393">
         <v>12000000</v>
       </c>
       <c r="C393">
         <v>0</v>
       </c>
       <c r="D393">
         <v>2025</v>
       </c>
       <c r="E393" t="s">
         <v>81</v>
       </c>
       <c r="F393" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="394" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="394" spans="1:6">
       <c r="A394" t="s">
         <v>32</v>
       </c>
       <c r="B394">
         <v>0</v>
       </c>
       <c r="C394">
         <v>0</v>
       </c>
       <c r="D394">
         <v>2025</v>
       </c>
       <c r="E394" t="s">
         <v>81</v>
       </c>
       <c r="F394" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="395" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="395" spans="1:6">
       <c r="A395" t="s">
         <v>33</v>
       </c>
       <c r="B395">
         <v>0</v>
       </c>
       <c r="C395">
         <v>0</v>
       </c>
       <c r="D395">
         <v>2025</v>
       </c>
       <c r="E395" t="s">
         <v>81</v>
       </c>
       <c r="F395" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="396" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="396" spans="1:6">
       <c r="A396" t="s">
         <v>34</v>
       </c>
       <c r="B396">
         <v>0</v>
       </c>
       <c r="C396">
         <v>0</v>
       </c>
       <c r="D396">
         <v>2025</v>
       </c>
       <c r="E396" t="s">
         <v>81</v>
       </c>
       <c r="F396" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="397" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="397" spans="1:6">
       <c r="A397" t="s">
         <v>35</v>
       </c>
       <c r="B397">
         <v>0</v>
       </c>
       <c r="C397">
         <v>0</v>
       </c>
       <c r="D397">
         <v>2025</v>
       </c>
       <c r="E397" t="s">
         <v>81</v>
       </c>
       <c r="F397" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="398" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="398" spans="1:6">
       <c r="A398" t="s">
         <v>36</v>
       </c>
       <c r="B398">
         <v>0</v>
       </c>
       <c r="C398">
         <v>0</v>
       </c>
       <c r="D398">
         <v>2025</v>
       </c>
       <c r="E398" t="s">
         <v>81</v>
       </c>
       <c r="F398" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="399" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="399" spans="1:6">
       <c r="A399" t="s">
         <v>37</v>
       </c>
       <c r="B399">
         <v>0</v>
       </c>
       <c r="C399">
         <v>0</v>
       </c>
       <c r="D399">
         <v>2025</v>
       </c>
       <c r="E399" t="s">
         <v>81</v>
       </c>
       <c r="F399" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="400" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="400" spans="1:6">
       <c r="A400" t="s">
         <v>38</v>
       </c>
       <c r="B400">
         <v>0</v>
       </c>
       <c r="C400">
         <v>0</v>
       </c>
       <c r="D400">
         <v>2025</v>
       </c>
       <c r="E400" t="s">
         <v>81</v>
       </c>
       <c r="F400" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="401" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="401" spans="1:6">
       <c r="A401" t="s">
         <v>39</v>
       </c>
       <c r="B401">
         <v>0</v>
       </c>
       <c r="C401">
         <v>0</v>
       </c>
       <c r="D401">
         <v>2025</v>
       </c>
       <c r="E401" t="s">
         <v>81</v>
       </c>
       <c r="F401" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="402" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="402" spans="1:6">
       <c r="A402" t="s">
         <v>40</v>
       </c>
       <c r="B402">
         <v>0</v>
       </c>
       <c r="C402">
         <v>0</v>
       </c>
       <c r="D402">
         <v>2025</v>
       </c>
       <c r="E402" t="s">
         <v>81</v>
       </c>
       <c r="F402" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="403" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="403" spans="1:6">
       <c r="A403" t="s">
         <v>41</v>
       </c>
       <c r="B403">
         <v>0</v>
       </c>
       <c r="C403">
         <v>0</v>
       </c>
       <c r="D403">
         <v>2025</v>
       </c>
       <c r="E403" t="s">
         <v>81</v>
       </c>
       <c r="F403" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="404" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="404" spans="1:6">
       <c r="A404" t="s">
         <v>42</v>
       </c>
       <c r="B404">
         <v>0</v>
       </c>
       <c r="C404">
         <v>0</v>
       </c>
       <c r="D404">
         <v>2025</v>
       </c>
       <c r="E404" t="s">
         <v>81</v>
       </c>
       <c r="F404" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="405" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="405" spans="1:6">
       <c r="A405" t="s">
         <v>43</v>
       </c>
       <c r="B405">
         <v>0</v>
       </c>
       <c r="C405">
         <v>0</v>
       </c>
       <c r="D405">
         <v>2025</v>
       </c>
       <c r="E405" t="s">
         <v>81</v>
       </c>
       <c r="F405" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="406" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="406" spans="1:6">
       <c r="A406" t="s">
         <v>44</v>
       </c>
       <c r="B406">
         <v>0</v>
       </c>
       <c r="C406">
         <v>0</v>
       </c>
       <c r="D406">
         <v>2025</v>
       </c>
       <c r="E406" t="s">
         <v>81</v>
       </c>
       <c r="F406" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="407" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="407" spans="1:6">
       <c r="A407" t="s">
         <v>45</v>
       </c>
       <c r="B407">
         <v>0</v>
       </c>
       <c r="C407">
         <v>0</v>
       </c>
       <c r="D407">
         <v>2025</v>
       </c>
       <c r="E407" t="s">
         <v>81</v>
       </c>
       <c r="F407" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="408" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="408" spans="1:6">
       <c r="A408" t="s">
         <v>46</v>
       </c>
       <c r="B408">
         <v>887800305</v>
       </c>
       <c r="C408">
         <v>0</v>
       </c>
       <c r="D408">
         <v>2025</v>
       </c>
       <c r="E408" t="s">
         <v>81</v>
       </c>
       <c r="F408" s="1">
         <v>4740000</v>
       </c>
     </row>
-    <row r="409" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="409" spans="1:6">
       <c r="A409" t="s">
         <v>47</v>
       </c>
       <c r="B409">
         <v>850000000</v>
       </c>
       <c r="C409">
         <v>-104260000</v>
       </c>
       <c r="D409">
         <v>2025</v>
       </c>
       <c r="E409" t="s">
         <v>81</v>
       </c>
       <c r="F409" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="410" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="410" spans="1:6">
       <c r="A410" t="s">
         <v>48</v>
       </c>
       <c r="B410">
         <v>1500000</v>
       </c>
       <c r="C410">
         <v>79000000</v>
       </c>
       <c r="D410">
         <v>2025</v>
       </c>
       <c r="E410" t="s">
         <v>81</v>
       </c>
       <c r="F410" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="411" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="411" spans="1:6">
       <c r="A411" t="s">
         <v>49</v>
       </c>
       <c r="B411">
         <v>5000000</v>
       </c>
       <c r="C411">
         <v>3000000</v>
       </c>
       <c r="D411">
         <v>2025</v>
       </c>
       <c r="E411" t="s">
         <v>81</v>
       </c>
       <c r="F411" s="1">
         <v>4740000</v>
       </c>
     </row>
-    <row r="412" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="412" spans="1:6">
       <c r="A412" t="s">
         <v>50</v>
       </c>
       <c r="B412">
         <v>16000000</v>
       </c>
       <c r="C412">
         <v>260000</v>
       </c>
       <c r="D412">
         <v>2025</v>
       </c>
       <c r="E412" t="s">
         <v>81</v>
       </c>
       <c r="F412" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="413" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="413" spans="1:6">
       <c r="A413" t="s">
         <v>51</v>
       </c>
       <c r="B413">
         <v>15300305</v>
       </c>
       <c r="C413">
         <v>20000000</v>
       </c>
       <c r="D413">
         <v>2025</v>
       </c>
       <c r="E413" t="s">
         <v>81</v>
       </c>
       <c r="F413" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="414" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="414" spans="1:6">
       <c r="A414" t="s">
         <v>52</v>
       </c>
       <c r="B414">
         <v>0</v>
       </c>
       <c r="C414">
         <v>2000000</v>
       </c>
       <c r="D414">
         <v>2025</v>
       </c>
       <c r="E414" t="s">
         <v>81</v>
       </c>
       <c r="F414" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="415" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="415" spans="1:6">
       <c r="A415" t="s">
         <v>53</v>
       </c>
       <c r="B415">
         <v>0</v>
       </c>
       <c r="C415">
         <v>0</v>
       </c>
       <c r="D415">
         <v>2025</v>
       </c>
       <c r="E415" t="s">
         <v>81</v>
       </c>
       <c r="F415" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="416" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="416" spans="1:6">
       <c r="A416" t="s">
         <v>54</v>
       </c>
       <c r="B416">
         <v>0</v>
       </c>
       <c r="C416">
         <v>0</v>
       </c>
       <c r="D416">
         <v>2025</v>
       </c>
       <c r="E416" t="s">
         <v>81</v>
       </c>
       <c r="F416" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="417" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="417" spans="1:6">
       <c r="A417" t="s">
         <v>55</v>
       </c>
       <c r="B417">
         <v>0</v>
       </c>
       <c r="C417">
         <v>0</v>
       </c>
       <c r="D417">
         <v>2025</v>
       </c>
       <c r="E417" t="s">
         <v>81</v>
       </c>
       <c r="F417" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="418" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="418" spans="1:6">
       <c r="A418" t="s">
         <v>56</v>
       </c>
       <c r="B418">
         <v>0</v>
       </c>
       <c r="C418">
         <v>0</v>
       </c>
       <c r="D418">
         <v>2025</v>
       </c>
       <c r="E418" t="s">
         <v>81</v>
       </c>
       <c r="F418" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="419" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="419" spans="1:6">
       <c r="A419" t="s">
         <v>57</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419">
         <v>0</v>
       </c>
       <c r="D419">
         <v>2025</v>
       </c>
       <c r="E419" t="s">
         <v>81</v>
       </c>
       <c r="F419" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="420" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="420" spans="1:6">
       <c r="A420" t="s">
         <v>58</v>
       </c>
       <c r="B420">
         <v>0</v>
       </c>
       <c r="C420">
         <v>0</v>
       </c>
       <c r="D420">
         <v>2025</v>
       </c>
       <c r="E420" t="s">
         <v>81</v>
       </c>
       <c r="F420" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="421" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="421" spans="1:6">
       <c r="A421" t="s">
         <v>59</v>
       </c>
       <c r="B421">
         <v>0</v>
       </c>
       <c r="C421">
         <v>0</v>
       </c>
       <c r="D421">
         <v>2025</v>
       </c>
       <c r="E421" t="s">
         <v>81</v>
       </c>
       <c r="F421" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="422" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="422" spans="1:6">
       <c r="A422" t="s">
         <v>60</v>
       </c>
       <c r="B422">
         <v>0</v>
       </c>
       <c r="C422">
         <v>0</v>
       </c>
       <c r="D422">
         <v>2025</v>
       </c>
       <c r="E422" t="s">
         <v>81</v>
       </c>
       <c r="F422" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="423" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="423" spans="1:6">
       <c r="A423" t="s">
         <v>61</v>
       </c>
       <c r="B423">
         <v>0</v>
       </c>
       <c r="C423">
         <v>0</v>
       </c>
       <c r="D423">
         <v>2025</v>
       </c>
       <c r="E423" t="s">
         <v>81</v>
       </c>
       <c r="F423" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="424" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="424" spans="1:6">
       <c r="A424" t="s">
         <v>62</v>
       </c>
       <c r="B424">
         <v>0</v>
       </c>
       <c r="C424">
         <v>0</v>
       </c>
       <c r="D424">
         <v>2025</v>
       </c>
       <c r="E424" t="s">
         <v>81</v>
       </c>
       <c r="F424" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="425" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="425" spans="1:6">
       <c r="A425" t="s">
         <v>63</v>
       </c>
       <c r="B425">
         <v>0</v>
       </c>
       <c r="C425">
         <v>0</v>
       </c>
       <c r="D425">
         <v>2025</v>
       </c>
       <c r="E425" t="s">
         <v>81</v>
       </c>
       <c r="F425" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="426" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="426" spans="1:6">
       <c r="A426" t="s">
         <v>64</v>
       </c>
       <c r="B426">
         <v>0</v>
       </c>
       <c r="C426">
         <v>0</v>
       </c>
       <c r="D426">
         <v>2025</v>
       </c>
       <c r="E426" t="s">
         <v>81</v>
       </c>
       <c r="F426" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="427" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="427" spans="1:6">
       <c r="A427" t="s">
         <v>65</v>
       </c>
       <c r="B427">
         <v>0</v>
       </c>
       <c r="C427">
         <v>0</v>
       </c>
       <c r="D427">
         <v>2025</v>
       </c>
       <c r="E427" t="s">
         <v>81</v>
       </c>
       <c r="F427" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="428" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="428" spans="1:6">
       <c r="A428" t="s">
         <v>83</v>
       </c>
       <c r="B428">
         <v>0</v>
       </c>
       <c r="C428">
         <v>0</v>
       </c>
       <c r="D428">
         <v>2025</v>
       </c>
       <c r="E428" t="s">
         <v>81</v>
       </c>
       <c r="F428" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="429" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="429" spans="1:6">
       <c r="A429" t="s">
         <v>66</v>
       </c>
       <c r="B429">
         <v>5423706496</v>
       </c>
       <c r="C429">
         <v>0</v>
       </c>
       <c r="D429">
         <v>2025</v>
       </c>
       <c r="E429" t="s">
         <v>81</v>
       </c>
       <c r="F429" s="1">
         <v>643215374.21999991</v>
       </c>
     </row>
-    <row r="430" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="430" spans="1:6">
       <c r="A430" t="s">
         <v>67</v>
       </c>
       <c r="B430">
         <v>0</v>
       </c>
       <c r="C430">
         <v>0</v>
       </c>
       <c r="D430">
         <v>2025</v>
       </c>
       <c r="E430" t="s">
         <v>81</v>
       </c>
       <c r="F430" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="431" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="431" spans="1:6">
       <c r="A431" t="s">
         <v>68</v>
       </c>
       <c r="B431">
         <v>0</v>
       </c>
       <c r="C431">
         <v>0</v>
       </c>
       <c r="D431">
         <v>2025</v>
       </c>
       <c r="E431" t="s">
         <v>81</v>
       </c>
       <c r="F431" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="432" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="432" spans="1:6">
       <c r="A432" t="s">
         <v>69</v>
       </c>
       <c r="B432">
         <v>0</v>
       </c>
       <c r="C432">
         <v>0</v>
       </c>
       <c r="D432">
         <v>2025</v>
       </c>
       <c r="E432" t="s">
         <v>81</v>
       </c>
       <c r="F432" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="433" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="433" spans="1:6">
       <c r="A433" t="s">
         <v>70</v>
       </c>
       <c r="B433">
         <v>0</v>
       </c>
       <c r="C433">
         <v>0</v>
       </c>
       <c r="D433">
         <v>2025</v>
       </c>
       <c r="E433" t="s">
         <v>81</v>
       </c>
       <c r="F433" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="434" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="434" spans="1:6">
       <c r="A434" t="s">
         <v>71</v>
       </c>
       <c r="B434">
         <v>0</v>
       </c>
       <c r="C434">
         <v>0</v>
       </c>
       <c r="D434">
         <v>2025</v>
       </c>
       <c r="E434" t="s">
         <v>81</v>
       </c>
       <c r="F434" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="435" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="435" spans="1:6">
       <c r="A435" t="s">
         <v>72</v>
       </c>
       <c r="B435">
         <v>0</v>
       </c>
       <c r="C435">
         <v>0</v>
       </c>
       <c r="D435">
         <v>2025</v>
       </c>
       <c r="E435" t="s">
         <v>81</v>
       </c>
       <c r="F435" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="436" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="436" spans="1:6">
       <c r="A436" t="s">
         <v>73</v>
       </c>
       <c r="B436">
         <v>0</v>
       </c>
       <c r="C436">
         <v>0</v>
       </c>
       <c r="D436">
         <v>2025</v>
       </c>
       <c r="E436" t="s">
         <v>81</v>
       </c>
       <c r="F436" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="437" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="437" spans="1:6">
       <c r="A437" t="s">
         <v>74</v>
       </c>
       <c r="B437">
         <v>0</v>
       </c>
       <c r="C437">
         <v>0</v>
       </c>
       <c r="D437">
         <v>2025</v>
       </c>
       <c r="E437" t="s">
         <v>81</v>
       </c>
       <c r="F437" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="438" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="438" spans="1:6">
       <c r="A438" t="s">
         <v>75</v>
       </c>
       <c r="B438">
         <v>0</v>
       </c>
       <c r="C438">
         <v>0</v>
       </c>
       <c r="D438">
         <v>2025</v>
       </c>
       <c r="E438" t="s">
         <v>81</v>
       </c>
       <c r="F438" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="439" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="439" spans="1:6">
       <c r="A439" t="s">
         <v>76</v>
       </c>
       <c r="B439">
         <v>5423706496</v>
       </c>
       <c r="C439">
         <v>0</v>
       </c>
       <c r="D439">
         <v>2025</v>
       </c>
       <c r="E439" t="s">
         <v>81</v>
       </c>
       <c r="F439" s="1">
         <v>643215374.21999991</v>
       </c>
     </row>
-    <row r="440" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="440" spans="1:6">
       <c r="A440" t="s">
         <v>5</v>
       </c>
       <c r="B440">
         <v>445343687</v>
       </c>
       <c r="C440">
         <v>0</v>
       </c>
       <c r="D440">
         <v>2025</v>
       </c>
       <c r="E440" t="s">
         <v>85</v>
       </c>
       <c r="F440">
         <v>29109455.539999999</v>
       </c>
     </row>
-    <row r="441" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="441" spans="1:6">
       <c r="A441" t="s">
         <v>7</v>
       </c>
       <c r="B441">
         <v>321153667</v>
       </c>
       <c r="C441">
         <v>1598818</v>
       </c>
       <c r="D441">
         <v>2025</v>
       </c>
       <c r="E441" t="s">
         <v>85</v>
       </c>
       <c r="F441">
         <v>24432270.960000001</v>
       </c>
     </row>
-    <row r="442" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="442" spans="1:6">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442">
         <v>60223366</v>
       </c>
       <c r="C442">
         <v>-2064357</v>
       </c>
       <c r="D442">
         <v>2025</v>
       </c>
       <c r="E442" t="s">
         <v>85</v>
       </c>
       <c r="F442">
         <v>1373250.4</v>
       </c>
     </row>
-    <row r="443" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="443" spans="1:6">
       <c r="A443" t="s">
         <v>9</v>
       </c>
       <c r="B443">
         <v>25494000</v>
       </c>
       <c r="C443">
         <v>0</v>
       </c>
       <c r="D443">
         <v>2025</v>
       </c>
       <c r="E443" t="s">
         <v>85</v>
       </c>
       <c r="F443">
         <v>0</v>
       </c>
     </row>
-    <row r="444" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="444" spans="1:6">
       <c r="A444" t="s">
         <v>10</v>
       </c>
       <c r="B444">
         <v>38472654</v>
       </c>
       <c r="C444">
         <v>465539</v>
       </c>
       <c r="D444">
         <v>2025</v>
       </c>
       <c r="E444" t="s">
         <v>85</v>
       </c>
       <c r="F444">
         <v>3303934.18</v>
       </c>
     </row>
-    <row r="445" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="445" spans="1:6">
       <c r="A445" t="s">
         <v>11</v>
       </c>
       <c r="B445">
         <v>250669000</v>
       </c>
       <c r="C445">
         <v>2900000</v>
       </c>
       <c r="D445">
         <v>2025</v>
       </c>
       <c r="E445" t="s">
         <v>85</v>
       </c>
       <c r="F445">
         <v>11940342.649999999</v>
       </c>
     </row>
-    <row r="446" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="446" spans="1:6">
       <c r="A446" t="s">
         <v>12</v>
       </c>
       <c r="B446">
         <v>26560000</v>
       </c>
       <c r="C446">
         <v>0</v>
       </c>
       <c r="D446">
         <v>2025</v>
       </c>
       <c r="E446" t="s">
         <v>85</v>
       </c>
       <c r="F446">
         <v>1033505.92</v>
       </c>
     </row>
-    <row r="447" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="447" spans="1:6">
       <c r="A447" t="s">
         <v>82</v>
       </c>
       <c r="B447">
         <v>8350000</v>
       </c>
       <c r="C447">
         <v>0</v>
       </c>
       <c r="D447">
         <v>2025</v>
       </c>
       <c r="E447" t="s">
         <v>85</v>
       </c>
       <c r="F447">
         <v>0</v>
       </c>
     </row>
-    <row r="448" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="448" spans="1:6">
       <c r="A448" t="s">
         <v>13</v>
       </c>
       <c r="B448">
         <v>20000000</v>
       </c>
       <c r="C448">
         <v>0</v>
       </c>
       <c r="D448">
         <v>2025</v>
       </c>
       <c r="E448" t="s">
         <v>85</v>
       </c>
       <c r="F448">
         <v>0</v>
       </c>
     </row>
-    <row r="449" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="449" spans="1:6">
       <c r="A449" t="s">
         <v>14</v>
       </c>
       <c r="B449">
         <v>7420000</v>
       </c>
       <c r="C449">
         <v>0</v>
       </c>
       <c r="D449">
         <v>2025</v>
       </c>
       <c r="E449" t="s">
         <v>85</v>
       </c>
       <c r="F449">
         <v>441581.1</v>
       </c>
     </row>
-    <row r="450" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="450" spans="1:6">
       <c r="A450" t="s">
         <v>15</v>
       </c>
       <c r="B450">
         <v>105309000</v>
       </c>
       <c r="C450">
         <v>0</v>
       </c>
       <c r="D450">
         <v>2025</v>
       </c>
       <c r="E450" t="s">
         <v>85</v>
       </c>
       <c r="F450">
         <v>9861287.2899999991</v>
       </c>
     </row>
-    <row r="451" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="451" spans="1:6">
       <c r="A451" t="s">
         <v>16</v>
       </c>
       <c r="B451">
         <v>16800000</v>
       </c>
       <c r="C451">
         <v>0</v>
       </c>
       <c r="D451">
         <v>2025</v>
       </c>
       <c r="E451" t="s">
         <v>85</v>
       </c>
       <c r="F451">
         <v>0</v>
       </c>
     </row>
-    <row r="452" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="452" spans="1:6">
       <c r="A452" t="s">
         <v>17</v>
       </c>
       <c r="B452">
         <v>24170000</v>
       </c>
       <c r="C452">
         <v>1900000</v>
       </c>
       <c r="D452">
         <v>2025</v>
       </c>
       <c r="E452" t="s">
         <v>85</v>
       </c>
       <c r="F452">
         <v>765454.97</v>
       </c>
     </row>
-    <row r="453" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="453" spans="1:6">
       <c r="A453" t="s">
         <v>18</v>
       </c>
       <c r="B453">
         <v>34100000</v>
       </c>
       <c r="C453">
         <v>0</v>
       </c>
       <c r="D453">
         <v>2025</v>
       </c>
       <c r="E453" t="s">
         <v>85</v>
       </c>
       <c r="F453">
         <v>-161486.63</v>
       </c>
     </row>
-    <row r="454" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="454" spans="1:6">
       <c r="A454" t="s">
         <v>19</v>
       </c>
       <c r="B454">
         <v>7960000</v>
       </c>
       <c r="C454">
         <v>1000000</v>
       </c>
       <c r="D454">
         <v>2025</v>
       </c>
       <c r="E454" t="s">
         <v>85</v>
       </c>
       <c r="F454">
         <v>0</v>
       </c>
     </row>
-    <row r="455" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="455" spans="1:6">
       <c r="A455" t="s">
         <v>20</v>
       </c>
       <c r="B455">
         <v>3827893504</v>
       </c>
       <c r="C455">
         <v>-2900000</v>
       </c>
       <c r="D455">
         <v>2025</v>
       </c>
       <c r="E455" t="s">
         <v>85</v>
       </c>
       <c r="F455">
         <v>470896068.17000002</v>
       </c>
     </row>
-    <row r="456" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="456" spans="1:6">
       <c r="A456" t="s">
         <v>21</v>
       </c>
       <c r="B456">
         <v>3652712135</v>
       </c>
       <c r="C456">
         <v>-1438000</v>
       </c>
       <c r="D456">
         <v>2025</v>
       </c>
       <c r="E456" t="s">
         <v>85</v>
       </c>
       <c r="F456">
         <v>450798279.29000002</v>
       </c>
     </row>
-    <row r="457" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="457" spans="1:6">
       <c r="A457" t="s">
         <v>22</v>
       </c>
       <c r="B457">
         <v>7200000</v>
       </c>
       <c r="C457">
         <v>1300000</v>
       </c>
       <c r="D457">
         <v>2025</v>
       </c>
       <c r="E457" t="s">
         <v>85</v>
       </c>
       <c r="F457">
         <v>1657803.36</v>
       </c>
     </row>
-    <row r="458" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="458" spans="1:6">
       <c r="A458" t="s">
         <v>23</v>
       </c>
       <c r="B458">
         <v>3200000</v>
       </c>
       <c r="C458">
         <v>1000000</v>
       </c>
       <c r="D458">
         <v>2025</v>
       </c>
       <c r="E458" t="s">
         <v>85</v>
       </c>
       <c r="F458">
         <v>-191042</v>
       </c>
     </row>
-    <row r="459" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="459" spans="1:6">
       <c r="A459" t="s">
         <v>24</v>
       </c>
       <c r="B459">
         <v>10000000</v>
       </c>
       <c r="C459">
         <v>0</v>
       </c>
       <c r="D459">
         <v>2025</v>
       </c>
       <c r="E459" t="s">
         <v>85</v>
       </c>
       <c r="F459">
         <v>1548791</v>
       </c>
     </row>
-    <row r="460" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="460" spans="1:6">
       <c r="A460" t="s">
         <v>25</v>
       </c>
       <c r="B460">
         <v>9010000</v>
       </c>
       <c r="C460">
         <v>100000</v>
       </c>
       <c r="D460">
         <v>2025</v>
       </c>
       <c r="E460" t="s">
         <v>85</v>
       </c>
       <c r="F460">
         <v>0</v>
       </c>
     </row>
-    <row r="461" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="461" spans="1:6">
       <c r="A461" t="s">
         <v>26</v>
       </c>
       <c r="B461">
         <v>32482363</v>
       </c>
       <c r="C461">
         <v>-7412000</v>
       </c>
       <c r="D461">
         <v>2025</v>
       </c>
       <c r="E461" t="s">
         <v>85</v>
       </c>
       <c r="F461">
         <v>10602362.369999999</v>
       </c>
     </row>
-    <row r="462" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="462" spans="1:6">
       <c r="A462" t="s">
         <v>27</v>
       </c>
       <c r="B462">
         <v>31700000</v>
       </c>
       <c r="C462">
         <v>900000</v>
       </c>
       <c r="D462">
         <v>2025</v>
       </c>
       <c r="E462" t="s">
         <v>85</v>
       </c>
       <c r="F462">
         <v>1542200</v>
       </c>
     </row>
-    <row r="463" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="463" spans="1:6">
       <c r="A463" t="s">
         <v>28</v>
       </c>
       <c r="B463">
         <v>0</v>
       </c>
       <c r="C463">
         <v>0</v>
       </c>
       <c r="D463">
         <v>2025</v>
       </c>
       <c r="E463" t="s">
         <v>85</v>
       </c>
       <c r="F463">
         <v>0</v>
       </c>
     </row>
-    <row r="464" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="464" spans="1:6">
       <c r="A464" t="s">
         <v>29</v>
       </c>
       <c r="B464">
         <v>81589006</v>
       </c>
       <c r="C464">
         <v>0</v>
       </c>
       <c r="D464">
         <v>2025</v>
       </c>
       <c r="E464" t="s">
         <v>85</v>
       </c>
       <c r="F464">
         <v>4937674.1500000004</v>
       </c>
     </row>
-    <row r="465" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="465" spans="1:6">
       <c r="A465" t="s">
         <v>30</v>
       </c>
       <c r="B465">
         <v>12000000</v>
       </c>
       <c r="C465">
         <v>0</v>
       </c>
       <c r="D465">
         <v>2025</v>
       </c>
       <c r="E465" t="s">
         <v>85</v>
       </c>
       <c r="F465">
         <v>12000000</v>
       </c>
     </row>
-    <row r="466" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="466" spans="1:6">
       <c r="A466" t="s">
         <v>31</v>
       </c>
       <c r="B466">
         <v>12000000</v>
       </c>
       <c r="C466">
         <v>0</v>
       </c>
       <c r="D466">
         <v>2025</v>
       </c>
       <c r="E466" t="s">
         <v>85</v>
       </c>
       <c r="F466">
         <v>12000000</v>
       </c>
     </row>
-    <row r="467" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="467" spans="1:6">
       <c r="A467" t="s">
         <v>32</v>
       </c>
       <c r="B467">
         <v>0</v>
       </c>
       <c r="C467">
         <v>0</v>
       </c>
       <c r="D467">
         <v>2025</v>
       </c>
       <c r="E467" t="s">
         <v>85</v>
       </c>
       <c r="F467">
         <v>0</v>
       </c>
     </row>
-    <row r="468" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="468" spans="1:6">
       <c r="A468" t="s">
         <v>33</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468">
         <v>0</v>
       </c>
       <c r="D468">
         <v>2025</v>
       </c>
       <c r="E468" t="s">
         <v>85</v>
       </c>
       <c r="F468" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="469" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="469" spans="1:6">
       <c r="A469" t="s">
         <v>34</v>
       </c>
       <c r="B469">
         <v>0</v>
       </c>
       <c r="C469">
         <v>0</v>
       </c>
       <c r="D469">
         <v>2025</v>
       </c>
       <c r="E469" t="s">
         <v>85</v>
       </c>
       <c r="F469">
         <v>0</v>
       </c>
     </row>
-    <row r="470" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="470" spans="1:6">
       <c r="A470" t="s">
         <v>35</v>
       </c>
       <c r="B470">
         <v>0</v>
       </c>
       <c r="C470">
         <v>0</v>
       </c>
       <c r="D470">
         <v>2025</v>
       </c>
       <c r="E470" t="s">
         <v>85</v>
       </c>
       <c r="F470" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="471" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="471" spans="1:6">
       <c r="A471" t="s">
         <v>36</v>
       </c>
       <c r="B471">
         <v>0</v>
       </c>
       <c r="C471">
         <v>0</v>
       </c>
       <c r="D471">
         <v>2025</v>
       </c>
       <c r="E471" t="s">
         <v>85</v>
       </c>
       <c r="F471">
         <v>0</v>
       </c>
     </row>
-    <row r="472" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="472" spans="1:6">
       <c r="A472" t="s">
         <v>37</v>
       </c>
       <c r="B472">
         <v>0</v>
       </c>
       <c r="C472">
         <v>0</v>
       </c>
       <c r="D472">
         <v>2025</v>
       </c>
       <c r="E472" t="s">
         <v>85</v>
       </c>
       <c r="F472" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="473" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="473" spans="1:6">
       <c r="A473" t="s">
         <v>38</v>
       </c>
       <c r="B473">
         <v>0</v>
       </c>
       <c r="C473">
         <v>0</v>
       </c>
       <c r="D473">
         <v>2025</v>
       </c>
       <c r="E473" t="s">
         <v>85</v>
       </c>
       <c r="F473">
         <v>0</v>
       </c>
     </row>
-    <row r="474" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="474" spans="1:6">
       <c r="A474" t="s">
         <v>39</v>
       </c>
       <c r="B474">
         <v>0</v>
       </c>
       <c r="C474">
         <v>0</v>
       </c>
       <c r="D474">
         <v>2025</v>
       </c>
       <c r="E474" t="s">
         <v>85</v>
       </c>
       <c r="F474" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="475" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="475" spans="1:6">
       <c r="A475" t="s">
         <v>40</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475">
         <v>0</v>
       </c>
       <c r="D475">
         <v>2025</v>
       </c>
       <c r="E475" t="s">
         <v>85</v>
       </c>
       <c r="F475">
         <v>0</v>
       </c>
     </row>
-    <row r="476" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="476" spans="1:6">
       <c r="A476" t="s">
         <v>41</v>
       </c>
       <c r="B476">
         <v>0</v>
       </c>
       <c r="C476">
         <v>0</v>
       </c>
       <c r="D476">
         <v>2025</v>
       </c>
       <c r="E476" t="s">
         <v>85</v>
       </c>
       <c r="F476" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="477" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="477" spans="1:6">
       <c r="A477" t="s">
         <v>42</v>
       </c>
       <c r="B477">
         <v>0</v>
       </c>
       <c r="C477">
         <v>0</v>
       </c>
       <c r="D477">
         <v>2025</v>
       </c>
       <c r="E477" t="s">
         <v>85</v>
       </c>
       <c r="F477">
         <v>0</v>
       </c>
     </row>
-    <row r="478" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="478" spans="1:6">
       <c r="A478" t="s">
         <v>43</v>
       </c>
       <c r="B478">
         <v>0</v>
       </c>
       <c r="C478">
         <v>0</v>
       </c>
       <c r="D478">
         <v>2025</v>
       </c>
       <c r="E478" t="s">
         <v>85</v>
       </c>
       <c r="F478" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="479" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="479" spans="1:6">
       <c r="A479" t="s">
         <v>44</v>
       </c>
       <c r="B479">
         <v>0</v>
       </c>
       <c r="C479">
         <v>0</v>
       </c>
       <c r="D479">
         <v>2025</v>
       </c>
       <c r="E479" t="s">
         <v>85</v>
       </c>
       <c r="F479">
         <v>0</v>
       </c>
     </row>
-    <row r="480" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="480" spans="1:6">
       <c r="A480" t="s">
         <v>45</v>
       </c>
       <c r="B480">
         <v>0</v>
       </c>
       <c r="C480">
         <v>0</v>
       </c>
       <c r="D480">
         <v>2025</v>
       </c>
       <c r="E480" t="s">
         <v>85</v>
       </c>
       <c r="F480" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="481" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="481" spans="1:6">
       <c r="A481" t="s">
         <v>46</v>
       </c>
       <c r="B481">
         <v>887800305</v>
       </c>
       <c r="C481">
         <v>0</v>
       </c>
       <c r="D481">
         <v>2025</v>
       </c>
       <c r="E481" t="s">
         <v>85</v>
       </c>
       <c r="F481">
         <v>146037015.85999998</v>
       </c>
     </row>
-    <row r="482" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="482" spans="1:6">
       <c r="A482" t="s">
         <v>47</v>
       </c>
       <c r="B482">
         <v>850000000</v>
       </c>
       <c r="C482">
         <v>-104260000</v>
       </c>
       <c r="D482">
         <v>2025</v>
       </c>
       <c r="E482" t="s">
         <v>85</v>
       </c>
       <c r="F482">
         <v>127398856.28</v>
       </c>
     </row>
-    <row r="483" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="483" spans="1:6">
       <c r="A483" t="s">
         <v>48</v>
       </c>
       <c r="B483">
         <v>1500000</v>
       </c>
       <c r="C483">
         <v>79000000</v>
       </c>
       <c r="D483">
         <v>2025</v>
       </c>
       <c r="E483" t="s">
         <v>85</v>
       </c>
       <c r="F483">
         <v>126000.02</v>
       </c>
     </row>
-    <row r="484" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="484" spans="1:6">
       <c r="A484" t="s">
         <v>49</v>
       </c>
       <c r="B484">
         <v>5000000</v>
       </c>
       <c r="C484">
         <v>3000000</v>
       </c>
       <c r="D484">
         <v>2025</v>
       </c>
       <c r="E484" t="s">
         <v>85</v>
       </c>
       <c r="F484">
         <v>0</v>
       </c>
     </row>
-    <row r="485" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="485" spans="1:6">
       <c r="A485" t="s">
         <v>50</v>
       </c>
       <c r="B485">
         <v>16000000</v>
       </c>
       <c r="C485">
         <v>260000</v>
       </c>
       <c r="D485">
         <v>2025</v>
       </c>
       <c r="E485" t="s">
         <v>85</v>
       </c>
       <c r="F485">
         <v>0</v>
       </c>
     </row>
-    <row r="486" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="486" spans="1:6">
       <c r="A486" t="s">
         <v>51</v>
       </c>
       <c r="B486">
         <v>15300305</v>
       </c>
       <c r="C486">
         <v>20000000</v>
       </c>
       <c r="D486">
         <v>2025</v>
       </c>
       <c r="E486" t="s">
         <v>85</v>
       </c>
       <c r="F486">
         <v>18512159.559999999</v>
       </c>
     </row>
-    <row r="487" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="487" spans="1:6">
       <c r="A487" t="s">
         <v>52</v>
       </c>
       <c r="B487">
         <v>0</v>
       </c>
       <c r="C487">
         <v>2000000</v>
       </c>
       <c r="D487">
         <v>2025</v>
       </c>
       <c r="E487" t="s">
         <v>85</v>
       </c>
       <c r="F487" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="488" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="488" spans="1:6">
       <c r="A488" t="s">
         <v>53</v>
       </c>
       <c r="B488">
         <v>0</v>
       </c>
       <c r="C488">
         <v>0</v>
       </c>
       <c r="D488">
         <v>2025</v>
       </c>
       <c r="E488" t="s">
         <v>85</v>
       </c>
       <c r="F488" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="489" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="489" spans="1:6">
       <c r="A489" t="s">
         <v>54</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489">
         <v>0</v>
       </c>
       <c r="D489">
         <v>2025</v>
       </c>
       <c r="E489" t="s">
         <v>85</v>
       </c>
       <c r="F489" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="490" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="490" spans="1:6">
       <c r="A490" t="s">
         <v>55</v>
       </c>
       <c r="B490">
         <v>0</v>
       </c>
       <c r="C490">
         <v>0</v>
       </c>
       <c r="D490">
         <v>2025</v>
       </c>
       <c r="E490" t="s">
         <v>85</v>
       </c>
       <c r="F490" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="491" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="491" spans="1:6">
       <c r="A491" t="s">
         <v>56</v>
       </c>
       <c r="B491">
         <v>0</v>
       </c>
       <c r="C491">
         <v>0</v>
       </c>
       <c r="D491">
         <v>2025</v>
       </c>
       <c r="E491" t="s">
         <v>85</v>
       </c>
       <c r="F491" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="492" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="492" spans="1:6">
       <c r="A492" t="s">
         <v>57</v>
       </c>
       <c r="B492">
         <v>0</v>
       </c>
       <c r="C492">
         <v>0</v>
       </c>
       <c r="D492">
         <v>2025</v>
       </c>
       <c r="E492" t="s">
         <v>85</v>
       </c>
       <c r="F492" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="493" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="493" spans="1:6">
       <c r="A493" t="s">
         <v>58</v>
       </c>
       <c r="B493">
         <v>0</v>
       </c>
       <c r="C493">
         <v>0</v>
       </c>
       <c r="D493">
         <v>2025</v>
       </c>
       <c r="E493" t="s">
         <v>85</v>
       </c>
       <c r="F493" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="494" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="494" spans="1:6">
       <c r="A494" t="s">
         <v>59</v>
       </c>
       <c r="B494">
         <v>0</v>
       </c>
       <c r="C494">
         <v>0</v>
       </c>
       <c r="D494">
         <v>2025</v>
       </c>
       <c r="E494" t="s">
         <v>85</v>
       </c>
       <c r="F494" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="495" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="495" spans="1:6">
       <c r="A495" t="s">
         <v>60</v>
       </c>
       <c r="B495">
         <v>0</v>
       </c>
       <c r="C495">
         <v>0</v>
       </c>
       <c r="D495">
         <v>2025</v>
       </c>
       <c r="E495" t="s">
         <v>85</v>
       </c>
       <c r="F495" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="496" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="496" spans="1:6">
       <c r="A496" t="s">
         <v>61</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496">
         <v>0</v>
       </c>
       <c r="D496">
         <v>2025</v>
       </c>
       <c r="E496" t="s">
         <v>85</v>
       </c>
       <c r="F496" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="497" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="497" spans="1:6">
       <c r="A497" t="s">
         <v>62</v>
       </c>
       <c r="B497">
         <v>0</v>
       </c>
       <c r="C497">
         <v>0</v>
       </c>
       <c r="D497">
         <v>2025</v>
       </c>
       <c r="E497" t="s">
         <v>85</v>
       </c>
       <c r="F497" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="498" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="498" spans="1:6">
       <c r="A498" t="s">
         <v>63</v>
       </c>
       <c r="B498">
         <v>0</v>
       </c>
       <c r="C498">
         <v>0</v>
       </c>
       <c r="D498">
         <v>2025</v>
       </c>
       <c r="E498" t="s">
         <v>85</v>
       </c>
       <c r="F498" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="499" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="499" spans="1:6">
       <c r="A499" t="s">
         <v>64</v>
       </c>
       <c r="B499">
         <v>0</v>
       </c>
       <c r="C499">
         <v>0</v>
       </c>
       <c r="D499">
         <v>2025</v>
       </c>
       <c r="E499" t="s">
         <v>85</v>
       </c>
       <c r="F499" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="500" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="500" spans="1:6">
       <c r="A500" t="s">
         <v>65</v>
       </c>
       <c r="B500">
         <v>0</v>
       </c>
       <c r="C500">
         <v>0</v>
       </c>
       <c r="D500">
         <v>2025</v>
       </c>
       <c r="E500" t="s">
         <v>85</v>
       </c>
       <c r="F500" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="501" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="501" spans="1:6">
       <c r="A501" t="s">
         <v>83</v>
       </c>
       <c r="B501">
         <v>0</v>
       </c>
       <c r="C501">
         <v>0</v>
       </c>
       <c r="D501">
         <v>2025</v>
       </c>
       <c r="E501" t="s">
         <v>85</v>
       </c>
       <c r="F501" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="502" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="502" spans="1:6">
       <c r="A502" t="s">
         <v>66</v>
       </c>
       <c r="B502">
         <v>5423706496</v>
       </c>
       <c r="C502">
         <v>0</v>
       </c>
       <c r="D502">
         <v>2025</v>
       </c>
       <c r="E502" t="s">
         <v>85</v>
       </c>
       <c r="F502">
         <v>657982882.22000003</v>
       </c>
     </row>
-    <row r="503" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="503" spans="1:6">
       <c r="A503" t="s">
         <v>67</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503">
         <v>0</v>
       </c>
       <c r="D503">
         <v>2025</v>
       </c>
       <c r="E503" t="s">
         <v>85</v>
       </c>
       <c r="F503" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="504" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="504" spans="1:6">
       <c r="A504" t="s">
         <v>68</v>
       </c>
       <c r="B504">
         <v>0</v>
       </c>
       <c r="C504">
         <v>0</v>
       </c>
       <c r="D504">
         <v>2025</v>
       </c>
       <c r="E504" t="s">
         <v>85</v>
       </c>
       <c r="F504" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="505" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="505" spans="1:6">
       <c r="A505" t="s">
         <v>69</v>
       </c>
       <c r="B505">
         <v>0</v>
       </c>
       <c r="C505">
         <v>0</v>
       </c>
       <c r="D505">
         <v>2025</v>
       </c>
       <c r="E505" t="s">
         <v>85</v>
       </c>
       <c r="F505" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="506" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="506" spans="1:6">
       <c r="A506" t="s">
         <v>70</v>
       </c>
       <c r="B506">
         <v>0</v>
       </c>
       <c r="C506">
         <v>0</v>
       </c>
       <c r="D506">
         <v>2025</v>
       </c>
       <c r="E506" t="s">
         <v>85</v>
       </c>
       <c r="F506" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="507" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="507" spans="1:6">
       <c r="A507" t="s">
         <v>71</v>
       </c>
       <c r="B507">
         <v>0</v>
       </c>
       <c r="C507">
         <v>0</v>
       </c>
       <c r="D507">
         <v>2025</v>
       </c>
       <c r="E507" t="s">
         <v>85</v>
       </c>
       <c r="F507" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="508" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="508" spans="1:6">
       <c r="A508" t="s">
         <v>72</v>
       </c>
       <c r="B508">
         <v>0</v>
       </c>
       <c r="C508">
         <v>0</v>
       </c>
       <c r="D508">
         <v>2025</v>
       </c>
       <c r="E508" t="s">
         <v>85</v>
       </c>
       <c r="F508" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="509" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="509" spans="1:6">
       <c r="A509" t="s">
         <v>73</v>
       </c>
       <c r="B509">
         <v>0</v>
       </c>
       <c r="C509">
         <v>0</v>
       </c>
       <c r="D509">
         <v>2025</v>
       </c>
       <c r="E509" t="s">
         <v>85</v>
       </c>
       <c r="F509" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="510" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="510" spans="1:6">
       <c r="A510" t="s">
         <v>74</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510">
         <v>0</v>
       </c>
       <c r="D510">
         <v>2025</v>
       </c>
       <c r="E510" t="s">
         <v>85</v>
       </c>
       <c r="F510" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="511" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="511" spans="1:6">
       <c r="A511" t="s">
         <v>75</v>
       </c>
       <c r="B511">
         <v>0</v>
       </c>
       <c r="C511">
         <v>0</v>
       </c>
       <c r="D511">
         <v>2025</v>
       </c>
       <c r="E511" t="s">
         <v>85</v>
       </c>
       <c r="F511" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="512" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="512" spans="1:6">
       <c r="A512" t="s">
         <v>76</v>
       </c>
       <c r="B512">
         <v>5423706496</v>
       </c>
       <c r="C512">
         <v>0</v>
       </c>
       <c r="D512">
         <v>2025</v>
       </c>
       <c r="E512" t="s">
         <v>85</v>
       </c>
       <c r="F512">
         <v>657982882.22000003</v>
       </c>
     </row>
-    <row r="513" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="513" spans="1:6">
       <c r="A513" t="s">
         <v>5</v>
       </c>
       <c r="B513">
         <v>445343687</v>
       </c>
       <c r="C513">
         <v>0</v>
       </c>
       <c r="D513">
         <v>2025</v>
       </c>
       <c r="E513" t="s">
         <v>86</v>
       </c>
       <c r="F513">
         <v>30419231.489999998</v>
       </c>
     </row>
-    <row r="514" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="514" spans="1:6">
       <c r="A514" t="s">
         <v>7</v>
       </c>
       <c r="B514">
         <v>321153667</v>
       </c>
       <c r="C514">
         <v>1598818</v>
       </c>
       <c r="D514">
         <v>2025</v>
       </c>
       <c r="E514" t="s">
         <v>86</v>
       </c>
       <c r="F514">
         <v>25758047.399999999</v>
       </c>
     </row>
-    <row r="515" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="515" spans="1:6">
       <c r="A515" t="s">
         <v>8</v>
       </c>
       <c r="B515">
         <v>60223366</v>
       </c>
       <c r="C515">
         <v>-2064357</v>
       </c>
       <c r="D515">
         <v>2025</v>
       </c>
       <c r="E515" t="s">
         <v>86</v>
       </c>
       <c r="F515">
         <v>1373250.4</v>
       </c>
     </row>
-    <row r="516" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="516" spans="1:6">
       <c r="A516" t="s">
         <v>9</v>
       </c>
       <c r="B516">
         <v>25494000</v>
       </c>
       <c r="C516">
         <v>0</v>
       </c>
       <c r="D516">
         <v>2025</v>
       </c>
       <c r="E516" t="s">
         <v>86</v>
       </c>
       <c r="F516">
         <v>0</v>
       </c>
     </row>
-    <row r="517" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="517" spans="1:6">
       <c r="A517" t="s">
         <v>10</v>
       </c>
       <c r="B517">
         <v>38472654</v>
       </c>
       <c r="C517">
         <v>465539</v>
       </c>
       <c r="D517">
         <v>2025</v>
       </c>
       <c r="E517" t="s">
         <v>86</v>
       </c>
       <c r="F517">
         <v>3287933.69</v>
       </c>
     </row>
-    <row r="518" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="518" spans="1:6">
       <c r="A518" t="s">
         <v>11</v>
       </c>
       <c r="B518">
         <v>250669000</v>
       </c>
       <c r="C518">
         <v>0</v>
       </c>
       <c r="D518">
         <v>2025</v>
       </c>
       <c r="E518" t="s">
         <v>86</v>
       </c>
       <c r="F518">
         <v>12356568.460000001</v>
       </c>
     </row>
-    <row r="519" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="519" spans="1:6">
       <c r="A519" t="s">
         <v>12</v>
       </c>
       <c r="B519">
         <v>26560000</v>
       </c>
       <c r="C519">
         <v>0</v>
       </c>
       <c r="D519">
         <v>2025</v>
       </c>
       <c r="E519" t="s">
         <v>86</v>
       </c>
       <c r="F519">
         <v>2920192.06</v>
       </c>
     </row>
-    <row r="520" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="520" spans="1:6">
       <c r="A520" t="s">
         <v>82</v>
       </c>
       <c r="B520">
         <v>8350000</v>
       </c>
       <c r="C520">
         <v>0</v>
       </c>
       <c r="D520">
         <v>2025</v>
       </c>
       <c r="E520" t="s">
         <v>86</v>
       </c>
       <c r="F520">
         <v>388633</v>
       </c>
     </row>
-    <row r="521" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="521" spans="1:6">
       <c r="A521" t="s">
         <v>13</v>
       </c>
       <c r="B521">
         <v>20000000</v>
       </c>
       <c r="C521">
         <v>0</v>
       </c>
       <c r="D521">
         <v>2025</v>
       </c>
       <c r="E521" t="s">
         <v>86</v>
       </c>
       <c r="F521">
         <v>5350000</v>
       </c>
     </row>
-    <row r="522" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="522" spans="1:6">
       <c r="A522" t="s">
         <v>14</v>
       </c>
       <c r="B522">
         <v>7420000</v>
       </c>
       <c r="C522">
         <v>0</v>
       </c>
       <c r="D522">
         <v>2025</v>
       </c>
       <c r="E522" t="s">
         <v>86</v>
       </c>
       <c r="F522">
         <v>215940</v>
       </c>
     </row>
-    <row r="523" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="523" spans="1:6">
       <c r="A523" t="s">
         <v>15</v>
       </c>
       <c r="B523">
         <v>105309000</v>
       </c>
       <c r="C523">
         <v>0</v>
       </c>
       <c r="D523">
         <v>2025</v>
       </c>
       <c r="E523" t="s">
         <v>86</v>
       </c>
       <c r="F523">
         <v>434782.05</v>
       </c>
     </row>
-    <row r="524" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="524" spans="1:6">
       <c r="A524" t="s">
         <v>16</v>
       </c>
       <c r="B524">
         <v>16800000</v>
       </c>
       <c r="C524">
         <v>0</v>
       </c>
       <c r="D524">
         <v>2025</v>
       </c>
       <c r="E524" t="s">
         <v>86</v>
       </c>
       <c r="F524">
         <v>849940.03</v>
       </c>
     </row>
-    <row r="525" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="525" spans="1:6">
       <c r="A525" t="s">
         <v>17</v>
       </c>
       <c r="B525">
         <v>24170000</v>
       </c>
       <c r="C525">
         <v>1900000</v>
       </c>
       <c r="D525">
         <v>2025</v>
       </c>
       <c r="E525" t="s">
         <v>86</v>
       </c>
       <c r="F525">
         <v>1360924.39</v>
       </c>
     </row>
-    <row r="526" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="526" spans="1:6">
       <c r="A526" t="s">
         <v>18</v>
       </c>
       <c r="B526">
         <v>34100000</v>
       </c>
       <c r="C526">
         <v>0</v>
       </c>
       <c r="D526">
         <v>2025</v>
       </c>
       <c r="E526" t="s">
         <v>86</v>
       </c>
       <c r="F526">
         <v>283200</v>
       </c>
     </row>
-    <row r="527" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="527" spans="1:6">
       <c r="A527" t="s">
         <v>19</v>
       </c>
       <c r="B527">
         <v>7960000</v>
       </c>
       <c r="C527">
         <v>1000000</v>
       </c>
       <c r="D527">
         <v>2025</v>
       </c>
       <c r="E527" t="s">
         <v>86</v>
       </c>
       <c r="F527">
         <v>552956.93000000005</v>
       </c>
     </row>
-    <row r="528" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="528" spans="1:6">
       <c r="A528" t="s">
         <v>20</v>
       </c>
       <c r="B528">
         <v>3827893504</v>
       </c>
       <c r="C528">
         <v>-2900000</v>
       </c>
       <c r="D528">
         <v>2025</v>
       </c>
       <c r="E528" t="s">
         <v>86</v>
       </c>
       <c r="F528">
         <v>73406599.070000008</v>
       </c>
     </row>
-    <row r="529" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="529" spans="1:6">
       <c r="A529" t="s">
         <v>21</v>
       </c>
       <c r="B529">
         <v>3652712135</v>
       </c>
       <c r="C529">
         <v>-1438000</v>
       </c>
       <c r="D529">
         <v>2025</v>
       </c>
       <c r="E529" t="s">
         <v>86</v>
       </c>
       <c r="F529">
         <v>62856711.119999997</v>
       </c>
     </row>
-    <row r="530" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="530" spans="1:6">
       <c r="A530" t="s">
         <v>22</v>
       </c>
       <c r="B530">
         <v>7200000</v>
       </c>
       <c r="C530">
         <v>1300000</v>
       </c>
       <c r="D530">
         <v>2025</v>
       </c>
       <c r="E530" t="s">
         <v>86</v>
       </c>
       <c r="F530">
         <v>1461563.2</v>
       </c>
     </row>
-    <row r="531" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="531" spans="1:6">
       <c r="A531" t="s">
         <v>23</v>
       </c>
       <c r="B531">
         <v>3200000</v>
       </c>
       <c r="C531">
         <v>1000000</v>
       </c>
       <c r="D531">
         <v>2025</v>
       </c>
       <c r="E531" t="s">
         <v>86</v>
       </c>
       <c r="F531">
         <v>0</v>
       </c>
     </row>
-    <row r="532" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="532" spans="1:6">
       <c r="A532" t="s">
         <v>24</v>
       </c>
       <c r="B532">
         <v>10000000</v>
       </c>
       <c r="C532">
         <v>0</v>
       </c>
       <c r="D532">
         <v>2025</v>
       </c>
       <c r="E532" t="s">
         <v>86</v>
       </c>
       <c r="F532">
         <v>0</v>
       </c>
     </row>
-    <row r="533" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="533" spans="1:6">
       <c r="A533" t="s">
         <v>25</v>
       </c>
       <c r="B533">
         <v>9010000</v>
       </c>
       <c r="C533">
         <v>100000</v>
       </c>
       <c r="D533">
         <v>2025</v>
       </c>
       <c r="E533" t="s">
         <v>86</v>
       </c>
       <c r="F533">
         <v>992131.35</v>
       </c>
     </row>
-    <row r="534" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="534" spans="1:6">
       <c r="A534" t="s">
         <v>26</v>
       </c>
       <c r="B534">
         <v>32482363</v>
       </c>
       <c r="C534">
         <v>-7412000</v>
       </c>
       <c r="D534">
         <v>2025</v>
       </c>
       <c r="E534" t="s">
         <v>86</v>
       </c>
       <c r="F534">
         <v>455775</v>
       </c>
     </row>
-    <row r="535" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="535" spans="1:6">
       <c r="A535" t="s">
         <v>27</v>
       </c>
       <c r="B535">
         <v>31700000</v>
       </c>
       <c r="C535">
         <v>900000</v>
       </c>
       <c r="D535">
         <v>2025</v>
       </c>
       <c r="E535" t="s">
         <v>86</v>
       </c>
       <c r="F535">
         <v>2020420</v>
       </c>
     </row>
-    <row r="536" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="536" spans="1:6">
       <c r="A536" t="s">
         <v>28</v>
       </c>
       <c r="B536">
         <v>0</v>
       </c>
       <c r="C536">
         <v>0</v>
       </c>
       <c r="D536">
         <v>2025</v>
       </c>
       <c r="E536" t="s">
         <v>86</v>
       </c>
       <c r="F536">
         <v>0</v>
       </c>
     </row>
-    <row r="537" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="537" spans="1:6">
       <c r="A537" t="s">
         <v>29</v>
       </c>
       <c r="B537">
         <v>81589006</v>
       </c>
       <c r="C537">
         <v>2650000</v>
       </c>
       <c r="D537">
         <v>2025</v>
       </c>
       <c r="E537" t="s">
         <v>86</v>
       </c>
       <c r="F537">
         <v>5619998.4000000004</v>
       </c>
     </row>
-    <row r="538" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="538" spans="1:6">
       <c r="A538" t="s">
         <v>30</v>
       </c>
       <c r="B538">
         <v>12000000</v>
       </c>
       <c r="C538">
         <v>0</v>
       </c>
       <c r="D538">
         <v>2025</v>
       </c>
       <c r="E538" t="s">
         <v>86</v>
       </c>
       <c r="F538">
         <v>2000000</v>
       </c>
     </row>
-    <row r="539" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="539" spans="1:6">
       <c r="A539" t="s">
         <v>31</v>
       </c>
       <c r="B539">
         <v>12000000</v>
       </c>
       <c r="C539">
         <v>0</v>
       </c>
       <c r="D539">
         <v>2025</v>
       </c>
       <c r="E539" t="s">
         <v>86</v>
       </c>
       <c r="F539">
         <v>2000000</v>
       </c>
     </row>
-    <row r="540" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="540" spans="1:6">
       <c r="A540" t="s">
         <v>32</v>
       </c>
       <c r="B540">
         <v>0</v>
       </c>
       <c r="C540">
         <v>0</v>
       </c>
       <c r="D540">
         <v>2025</v>
       </c>
       <c r="E540" t="s">
         <v>86</v>
       </c>
       <c r="F540">
         <v>0</v>
       </c>
     </row>
-    <row r="541" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="541" spans="1:6">
       <c r="A541" t="s">
         <v>33</v>
       </c>
       <c r="B541">
         <v>0</v>
       </c>
       <c r="C541">
         <v>0</v>
       </c>
       <c r="D541">
         <v>2025</v>
       </c>
       <c r="E541" t="s">
         <v>86</v>
       </c>
       <c r="F541" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="542" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="542" spans="1:6">
       <c r="A542" t="s">
         <v>34</v>
       </c>
       <c r="B542">
         <v>0</v>
       </c>
       <c r="C542">
         <v>0</v>
       </c>
       <c r="D542">
         <v>2025</v>
       </c>
       <c r="E542" t="s">
         <v>86</v>
       </c>
       <c r="F542">
         <v>0</v>
       </c>
     </row>
-    <row r="543" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="543" spans="1:6">
       <c r="A543" t="s">
         <v>35</v>
       </c>
       <c r="B543">
         <v>0</v>
       </c>
       <c r="C543">
         <v>0</v>
       </c>
       <c r="D543">
         <v>2025</v>
       </c>
       <c r="E543" t="s">
         <v>86</v>
       </c>
       <c r="F543" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="544" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="544" spans="1:6">
       <c r="A544" t="s">
         <v>36</v>
       </c>
       <c r="B544">
         <v>0</v>
       </c>
       <c r="C544">
         <v>0</v>
       </c>
       <c r="D544">
         <v>2025</v>
       </c>
       <c r="E544" t="s">
         <v>86</v>
       </c>
       <c r="F544">
         <v>0</v>
       </c>
     </row>
-    <row r="545" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="545" spans="1:6">
       <c r="A545" t="s">
         <v>37</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545">
         <v>0</v>
       </c>
       <c r="D545">
         <v>2025</v>
       </c>
       <c r="E545" t="s">
         <v>86</v>
       </c>
       <c r="F545" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="546" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="546" spans="1:6">
       <c r="A546" t="s">
         <v>38</v>
       </c>
       <c r="B546">
         <v>0</v>
       </c>
       <c r="C546">
         <v>0</v>
       </c>
       <c r="D546">
         <v>2025</v>
       </c>
       <c r="E546" t="s">
         <v>86</v>
       </c>
       <c r="F546">
         <v>0</v>
       </c>
     </row>
-    <row r="547" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="547" spans="1:6">
       <c r="A547" t="s">
         <v>39</v>
       </c>
       <c r="B547">
         <v>0</v>
       </c>
       <c r="C547">
         <v>0</v>
       </c>
       <c r="D547">
         <v>2025</v>
       </c>
       <c r="E547" t="s">
         <v>86</v>
       </c>
       <c r="F547" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="548" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="548" spans="1:6">
       <c r="A548" t="s">
         <v>40</v>
       </c>
       <c r="B548">
         <v>0</v>
       </c>
       <c r="C548">
         <v>0</v>
       </c>
       <c r="D548">
         <v>2025</v>
       </c>
       <c r="E548" t="s">
         <v>86</v>
       </c>
       <c r="F548">
         <v>0</v>
       </c>
     </row>
-    <row r="549" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="549" spans="1:6">
       <c r="A549" t="s">
         <v>41</v>
       </c>
       <c r="B549">
         <v>0</v>
       </c>
       <c r="C549">
         <v>0</v>
       </c>
       <c r="D549">
         <v>2025</v>
       </c>
       <c r="E549" t="s">
         <v>86</v>
       </c>
       <c r="F549" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="550" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="550" spans="1:6">
       <c r="A550" t="s">
         <v>42</v>
       </c>
       <c r="B550">
         <v>0</v>
       </c>
       <c r="C550">
         <v>0</v>
       </c>
       <c r="D550">
         <v>2025</v>
       </c>
       <c r="E550" t="s">
         <v>86</v>
       </c>
       <c r="F550">
         <v>0</v>
       </c>
     </row>
-    <row r="551" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="551" spans="1:6">
       <c r="A551" t="s">
         <v>43</v>
       </c>
       <c r="B551">
         <v>0</v>
       </c>
       <c r="C551">
         <v>0</v>
       </c>
       <c r="D551">
         <v>2025</v>
       </c>
       <c r="E551" t="s">
         <v>86</v>
       </c>
       <c r="F551" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="552" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="552" spans="1:6">
       <c r="A552" t="s">
         <v>44</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552">
         <v>0</v>
       </c>
       <c r="D552">
         <v>2025</v>
       </c>
       <c r="E552" t="s">
         <v>86</v>
       </c>
       <c r="F552">
         <v>0</v>
       </c>
     </row>
-    <row r="553" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="553" spans="1:6">
       <c r="A553" t="s">
         <v>45</v>
       </c>
       <c r="B553">
         <v>0</v>
       </c>
       <c r="C553">
         <v>0</v>
       </c>
       <c r="D553">
         <v>2025</v>
       </c>
       <c r="E553" t="s">
         <v>86</v>
       </c>
       <c r="F553" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="554" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="554" spans="1:6">
       <c r="A554" t="s">
         <v>46</v>
       </c>
       <c r="B554">
         <v>887800305</v>
       </c>
       <c r="C554">
         <v>0</v>
       </c>
       <c r="D554">
         <v>2025</v>
       </c>
       <c r="E554" t="s">
         <v>86</v>
       </c>
       <c r="F554">
         <v>137969849.18000001</v>
       </c>
     </row>
-    <row r="555" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="555" spans="1:6">
       <c r="A555" t="s">
         <v>47</v>
       </c>
       <c r="B555">
         <v>850000000</v>
       </c>
       <c r="C555">
         <v>-104260000</v>
       </c>
       <c r="D555">
         <v>2025</v>
       </c>
       <c r="E555" t="s">
         <v>86</v>
       </c>
       <c r="F555">
         <v>128875272.59</v>
       </c>
     </row>
-    <row r="556" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="556" spans="1:6">
       <c r="A556" t="s">
         <v>48</v>
       </c>
       <c r="B556">
         <v>1500000</v>
       </c>
       <c r="C556">
         <v>79000000</v>
       </c>
       <c r="D556">
         <v>2025</v>
       </c>
       <c r="E556" t="s">
         <v>86</v>
       </c>
       <c r="F556">
         <v>8443477.1500000004</v>
       </c>
     </row>
-    <row r="557" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="557" spans="1:6">
       <c r="A557" t="s">
         <v>49</v>
       </c>
       <c r="B557">
         <v>5000000</v>
       </c>
       <c r="C557">
         <v>3000000</v>
       </c>
       <c r="D557">
         <v>2025</v>
       </c>
       <c r="E557" t="s">
         <v>86</v>
       </c>
       <c r="F557">
         <v>0</v>
       </c>
     </row>
-    <row r="558" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="558" spans="1:6">
       <c r="A558" t="s">
         <v>50</v>
       </c>
       <c r="B558">
         <v>16000000</v>
       </c>
       <c r="C558">
         <v>260000</v>
       </c>
       <c r="D558">
         <v>2025</v>
       </c>
       <c r="E558" t="s">
         <v>86</v>
       </c>
       <c r="F558">
         <v>0</v>
       </c>
     </row>
-    <row r="559" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="559" spans="1:6">
       <c r="A559" t="s">
         <v>51</v>
       </c>
       <c r="B559">
         <v>15300305</v>
       </c>
       <c r="C559">
         <v>20000000</v>
       </c>
       <c r="D559">
         <v>2025</v>
       </c>
       <c r="E559" t="s">
         <v>86</v>
       </c>
       <c r="F559">
         <v>651099.43999999994</v>
       </c>
     </row>
-    <row r="560" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="560" spans="1:6">
       <c r="A560" t="s">
         <v>52</v>
       </c>
       <c r="B560">
         <v>0</v>
       </c>
       <c r="C560">
         <v>2000000</v>
       </c>
       <c r="D560">
         <v>2025</v>
       </c>
       <c r="E560" t="s">
         <v>86</v>
       </c>
       <c r="F560" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="561" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="561" spans="1:6">
       <c r="A561" t="s">
         <v>53</v>
       </c>
       <c r="B561">
         <v>0</v>
       </c>
       <c r="C561">
         <v>0</v>
       </c>
       <c r="D561">
         <v>2025</v>
       </c>
       <c r="E561" t="s">
         <v>86</v>
       </c>
       <c r="F561" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="562" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="562" spans="1:6">
       <c r="A562" t="s">
         <v>54</v>
       </c>
       <c r="B562">
         <v>0</v>
       </c>
       <c r="C562">
         <v>0</v>
       </c>
       <c r="D562">
         <v>2025</v>
       </c>
       <c r="E562" t="s">
         <v>86</v>
       </c>
       <c r="F562" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="563" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="563" spans="1:6">
       <c r="A563" t="s">
         <v>55</v>
       </c>
       <c r="B563">
         <v>0</v>
       </c>
       <c r="C563">
         <v>0</v>
       </c>
       <c r="D563">
         <v>2025</v>
       </c>
       <c r="E563" t="s">
         <v>86</v>
       </c>
       <c r="F563" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="564" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="564" spans="1:6">
       <c r="A564" t="s">
         <v>56</v>
       </c>
       <c r="B564">
         <v>0</v>
       </c>
       <c r="C564">
         <v>0</v>
       </c>
       <c r="D564">
         <v>2025</v>
       </c>
       <c r="E564" t="s">
         <v>86</v>
       </c>
       <c r="F564" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="565" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="565" spans="1:6">
       <c r="A565" t="s">
         <v>57</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565">
         <v>0</v>
       </c>
       <c r="D565">
         <v>2025</v>
       </c>
       <c r="E565" t="s">
         <v>86</v>
       </c>
       <c r="F565" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="566" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="566" spans="1:6">
       <c r="A566" t="s">
         <v>58</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566">
         <v>0</v>
       </c>
       <c r="D566">
         <v>2025</v>
       </c>
       <c r="E566" t="s">
         <v>86</v>
       </c>
       <c r="F566" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="567" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="567" spans="1:6">
       <c r="A567" t="s">
         <v>59</v>
       </c>
       <c r="B567">
         <v>0</v>
       </c>
       <c r="C567">
         <v>0</v>
       </c>
       <c r="D567">
         <v>2025</v>
       </c>
       <c r="E567" t="s">
         <v>86</v>
       </c>
       <c r="F567" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="568" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="568" spans="1:6">
       <c r="A568" t="s">
         <v>60</v>
       </c>
       <c r="B568">
         <v>0</v>
       </c>
       <c r="C568">
         <v>0</v>
       </c>
       <c r="D568">
         <v>2025</v>
       </c>
       <c r="E568" t="s">
         <v>86</v>
       </c>
       <c r="F568" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="569" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="569" spans="1:6">
       <c r="A569" t="s">
         <v>61</v>
       </c>
       <c r="B569">
         <v>0</v>
       </c>
       <c r="C569">
         <v>0</v>
       </c>
       <c r="D569">
         <v>2025</v>
       </c>
       <c r="E569" t="s">
         <v>86</v>
       </c>
       <c r="F569" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="570" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="570" spans="1:6">
       <c r="A570" t="s">
         <v>62</v>
       </c>
       <c r="B570">
         <v>0</v>
       </c>
       <c r="C570">
         <v>0</v>
       </c>
       <c r="D570">
         <v>2025</v>
       </c>
       <c r="E570" t="s">
         <v>86</v>
       </c>
       <c r="F570" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="571" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="571" spans="1:6">
       <c r="A571" t="s">
         <v>63</v>
       </c>
       <c r="B571">
         <v>0</v>
       </c>
       <c r="C571">
         <v>0</v>
       </c>
       <c r="D571">
         <v>2025</v>
       </c>
       <c r="E571" t="s">
         <v>86</v>
       </c>
       <c r="F571" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="572" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="572" spans="1:6">
       <c r="A572" t="s">
         <v>64</v>
       </c>
       <c r="B572">
         <v>0</v>
       </c>
       <c r="C572">
         <v>0</v>
       </c>
       <c r="D572">
         <v>2025</v>
       </c>
       <c r="E572" t="s">
         <v>86</v>
       </c>
       <c r="F572" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="573" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="573" spans="1:6">
       <c r="A573" t="s">
         <v>65</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573">
         <v>0</v>
       </c>
       <c r="D573">
         <v>2025</v>
       </c>
       <c r="E573" t="s">
         <v>86</v>
       </c>
       <c r="F573" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="574" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="574" spans="1:6">
       <c r="A574" t="s">
         <v>83</v>
       </c>
       <c r="B574">
         <v>0</v>
       </c>
       <c r="C574">
         <v>0</v>
       </c>
       <c r="D574">
         <v>2025</v>
       </c>
       <c r="E574" t="s">
         <v>86</v>
       </c>
       <c r="F574" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="575" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="575" spans="1:6">
       <c r="A575" t="s">
         <v>66</v>
       </c>
       <c r="B575">
         <v>5423706496</v>
       </c>
       <c r="C575">
         <v>0</v>
       </c>
       <c r="D575">
         <v>2025</v>
       </c>
       <c r="E575" t="s">
         <v>86</v>
       </c>
       <c r="F575">
         <v>256152248.20000002</v>
       </c>
     </row>
-    <row r="576" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="576" spans="1:6">
       <c r="A576" t="s">
         <v>67</v>
       </c>
       <c r="B576">
         <v>0</v>
       </c>
       <c r="C576">
         <v>0</v>
       </c>
       <c r="D576">
         <v>2025</v>
       </c>
       <c r="E576" t="s">
         <v>86</v>
       </c>
       <c r="F576" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="577" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="577" spans="1:6">
       <c r="A577" t="s">
         <v>68</v>
       </c>
       <c r="B577">
         <v>0</v>
       </c>
       <c r="C577">
         <v>0</v>
       </c>
       <c r="D577">
         <v>2025</v>
       </c>
       <c r="E577" t="s">
         <v>86</v>
       </c>
       <c r="F577" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="578" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="578" spans="1:6">
       <c r="A578" t="s">
         <v>69</v>
       </c>
       <c r="B578">
         <v>0</v>
       </c>
       <c r="C578">
         <v>0</v>
       </c>
       <c r="D578">
         <v>2025</v>
       </c>
       <c r="E578" t="s">
         <v>86</v>
       </c>
       <c r="F578" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="579" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="579" spans="1:6">
       <c r="A579" t="s">
         <v>70</v>
       </c>
       <c r="B579">
         <v>0</v>
       </c>
       <c r="C579">
         <v>0</v>
       </c>
       <c r="D579">
         <v>2025</v>
       </c>
       <c r="E579" t="s">
         <v>86</v>
       </c>
       <c r="F579" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="580" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="580" spans="1:6">
       <c r="A580" t="s">
         <v>71</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580">
         <v>0</v>
       </c>
       <c r="D580">
         <v>2025</v>
       </c>
       <c r="E580" t="s">
         <v>86</v>
       </c>
       <c r="F580" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="581" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="581" spans="1:6">
       <c r="A581" t="s">
         <v>72</v>
       </c>
       <c r="B581">
         <v>0</v>
       </c>
       <c r="C581">
         <v>0</v>
       </c>
       <c r="D581">
         <v>2025</v>
       </c>
       <c r="E581" t="s">
         <v>86</v>
       </c>
       <c r="F581" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="582" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="582" spans="1:6">
       <c r="A582" t="s">
         <v>73</v>
       </c>
       <c r="B582">
         <v>0</v>
       </c>
       <c r="C582">
         <v>0</v>
       </c>
       <c r="D582">
         <v>2025</v>
       </c>
       <c r="E582" t="s">
         <v>86</v>
       </c>
       <c r="F582" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="583" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="583" spans="1:6">
       <c r="A583" t="s">
         <v>74</v>
       </c>
       <c r="B583">
         <v>0</v>
       </c>
       <c r="C583">
         <v>0</v>
       </c>
       <c r="D583">
         <v>2025</v>
       </c>
       <c r="E583" t="s">
         <v>86</v>
       </c>
       <c r="F583" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="584" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="584" spans="1:6">
       <c r="A584" t="s">
         <v>75</v>
       </c>
       <c r="B584">
         <v>0</v>
       </c>
       <c r="C584">
         <v>0</v>
       </c>
       <c r="D584">
         <v>2025</v>
       </c>
       <c r="E584" t="s">
         <v>86</v>
       </c>
       <c r="F584" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="585" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="585" spans="1:6">
       <c r="A585" t="s">
         <v>76</v>
       </c>
       <c r="B585">
         <v>5423706496</v>
       </c>
       <c r="C585">
         <v>0</v>
       </c>
       <c r="D585">
         <v>2025</v>
       </c>
       <c r="E585" t="s">
         <v>86</v>
       </c>
       <c r="F585" s="1">
         <v>256152248.20000002</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586" t="s">
+        <v>5</v>
+      </c>
+      <c r="B586">
+        <f>SUM(B587:B591)</f>
+        <v>696012687</v>
+      </c>
+      <c r="C586">
+        <v>0</v>
+      </c>
+      <c r="D586">
+        <v>2025</v>
+      </c>
+      <c r="E586" t="s">
+        <v>87</v>
+      </c>
+      <c r="F586">
+        <f t="shared" ref="F586" si="0">SUM(F587:F591)</f>
+        <v>63213952.780000001</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6">
+      <c r="A587" t="s">
+        <v>7</v>
+      </c>
+      <c r="B587">
+        <v>321153667</v>
+      </c>
+      <c r="C587">
+        <v>0</v>
+      </c>
+      <c r="D587">
+        <v>2025</v>
+      </c>
+      <c r="E587" t="s">
+        <v>87</v>
+      </c>
+      <c r="F587">
+        <v>25996524.129999999</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6">
+      <c r="A588" t="s">
+        <v>8</v>
+      </c>
+      <c r="B588">
+        <v>60223366</v>
+      </c>
+      <c r="C588">
+        <v>0</v>
+      </c>
+      <c r="D588">
+        <v>2025</v>
+      </c>
+      <c r="E588" t="s">
+        <v>87</v>
+      </c>
+      <c r="F588">
+        <v>1358250.4</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6">
+      <c r="A589" t="s">
+        <v>9</v>
+      </c>
+      <c r="B589">
+        <v>25494000</v>
+      </c>
+      <c r="C589">
+        <v>0</v>
+      </c>
+      <c r="D589">
+        <v>2025</v>
+      </c>
+      <c r="E589" t="s">
+        <v>87</v>
+      </c>
+      <c r="F589">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6">
+      <c r="A590" t="s">
+        <v>10</v>
+      </c>
+      <c r="B590">
+        <v>38472654</v>
+      </c>
+      <c r="C590">
+        <v>0</v>
+      </c>
+      <c r="D590">
+        <v>2025</v>
+      </c>
+      <c r="E590" t="s">
+        <v>87</v>
+      </c>
+      <c r="F590">
+        <v>3287933.69</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6">
+      <c r="A591" t="s">
+        <v>11</v>
+      </c>
+      <c r="B591">
+        <f>SUM(B592:B600)</f>
+        <v>250669000</v>
+      </c>
+      <c r="C591">
+        <v>0</v>
+      </c>
+      <c r="D591">
+        <v>2025</v>
+      </c>
+      <c r="E591" t="s">
+        <v>87</v>
+      </c>
+      <c r="F591">
+        <f t="shared" ref="F591" si="1">SUM(F592:F600)</f>
+        <v>32571244.559999999</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6">
+      <c r="A592" t="s">
+        <v>12</v>
+      </c>
+      <c r="B592">
+        <v>26560000</v>
+      </c>
+      <c r="C592">
+        <v>0</v>
+      </c>
+      <c r="D592">
+        <v>2025</v>
+      </c>
+      <c r="E592" t="s">
+        <v>87</v>
+      </c>
+      <c r="F592">
+        <v>2033903.74</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6">
+      <c r="A593" t="s">
+        <v>82</v>
+      </c>
+      <c r="B593">
+        <v>8350000</v>
+      </c>
+      <c r="C593">
+        <v>0</v>
+      </c>
+      <c r="D593">
+        <v>2025</v>
+      </c>
+      <c r="E593" t="s">
+        <v>87</v>
+      </c>
+      <c r="F593">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6">
+      <c r="A594" t="s">
+        <v>13</v>
+      </c>
+      <c r="B594">
+        <v>20000000</v>
+      </c>
+      <c r="C594">
+        <v>0</v>
+      </c>
+      <c r="D594">
+        <v>2025</v>
+      </c>
+      <c r="E594" t="s">
+        <v>87</v>
+      </c>
+      <c r="F594">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6">
+      <c r="A595" t="s">
+        <v>14</v>
+      </c>
+      <c r="B595">
+        <v>7420000</v>
+      </c>
+      <c r="C595">
+        <v>0</v>
+      </c>
+      <c r="D595">
+        <v>2025</v>
+      </c>
+      <c r="E595" t="s">
+        <v>87</v>
+      </c>
+      <c r="F595">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6">
+      <c r="A596" t="s">
+        <v>15</v>
+      </c>
+      <c r="B596">
+        <v>105309000</v>
+      </c>
+      <c r="C596">
+        <v>0</v>
+      </c>
+      <c r="D596">
+        <v>2025</v>
+      </c>
+      <c r="E596" t="s">
+        <v>87</v>
+      </c>
+      <c r="F596">
+        <v>10128862.279999999</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6">
+      <c r="A597" t="s">
+        <v>16</v>
+      </c>
+      <c r="B597">
+        <v>16800000</v>
+      </c>
+      <c r="C597">
+        <v>0</v>
+      </c>
+      <c r="D597">
+        <v>2025</v>
+      </c>
+      <c r="E597" t="s">
+        <v>87</v>
+      </c>
+      <c r="F597">
+        <v>18264863.390000001</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6">
+      <c r="A598" t="s">
+        <v>17</v>
+      </c>
+      <c r="B598">
+        <v>24170000</v>
+      </c>
+      <c r="C598">
+        <v>0</v>
+      </c>
+      <c r="D598">
+        <v>2025</v>
+      </c>
+      <c r="E598" t="s">
+        <v>87</v>
+      </c>
+      <c r="F598">
+        <v>1557049.06</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6">
+      <c r="A599" t="s">
+        <v>18</v>
+      </c>
+      <c r="B599">
+        <v>34100000</v>
+      </c>
+      <c r="C599">
+        <v>0</v>
+      </c>
+      <c r="D599">
+        <v>2025</v>
+      </c>
+      <c r="E599" t="s">
+        <v>87</v>
+      </c>
+      <c r="F599">
+        <v>459400</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6">
+      <c r="A600" t="s">
+        <v>19</v>
+      </c>
+      <c r="B600">
+        <v>7960000</v>
+      </c>
+      <c r="C600">
+        <v>0</v>
+      </c>
+      <c r="D600">
+        <v>2025</v>
+      </c>
+      <c r="E600" t="s">
+        <v>87</v>
+      </c>
+      <c r="F600">
+        <v>127166.09</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6">
+      <c r="A601" t="s">
+        <v>20</v>
+      </c>
+      <c r="B601">
+        <f t="shared" ref="B601" si="2">SUM(B602:B610)</f>
+        <v>3827893504</v>
+      </c>
+      <c r="C601">
+        <v>0</v>
+      </c>
+      <c r="D601">
+        <v>2025</v>
+      </c>
+      <c r="E601" t="s">
+        <v>87</v>
+      </c>
+      <c r="F601">
+        <f t="shared" ref="F601" si="3">SUM(F602:F610)</f>
+        <v>180946465.82000002</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6">
+      <c r="A602" t="s">
+        <v>21</v>
+      </c>
+      <c r="B602">
+        <v>3652712135</v>
+      </c>
+      <c r="C602">
+        <v>0</v>
+      </c>
+      <c r="D602">
+        <v>2025</v>
+      </c>
+      <c r="E602" t="s">
+        <v>87</v>
+      </c>
+      <c r="F602">
+        <v>178292177.40000001</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="A603" t="s">
+        <v>22</v>
+      </c>
+      <c r="B603">
+        <v>7200000</v>
+      </c>
+      <c r="C603">
+        <v>0</v>
+      </c>
+      <c r="D603">
+        <v>2025</v>
+      </c>
+      <c r="E603" t="s">
+        <v>87</v>
+      </c>
+      <c r="F603">
+        <v>320640.27</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="A604" t="s">
+        <v>23</v>
+      </c>
+      <c r="B604">
+        <v>3200000</v>
+      </c>
+      <c r="C604">
+        <v>0</v>
+      </c>
+      <c r="D604">
+        <v>2025</v>
+      </c>
+      <c r="E604" t="s">
+        <v>87</v>
+      </c>
+      <c r="F604">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="A605" t="s">
+        <v>24</v>
+      </c>
+      <c r="B605">
+        <v>10000000</v>
+      </c>
+      <c r="C605">
+        <v>0</v>
+      </c>
+      <c r="D605">
+        <v>2025</v>
+      </c>
+      <c r="E605" t="s">
+        <v>87</v>
+      </c>
+      <c r="F605">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="A606" t="s">
+        <v>25</v>
+      </c>
+      <c r="B606">
+        <v>9010000</v>
+      </c>
+      <c r="C606">
+        <v>0</v>
+      </c>
+      <c r="D606">
+        <v>2025</v>
+      </c>
+      <c r="E606" t="s">
+        <v>87</v>
+      </c>
+      <c r="F606">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="A607" t="s">
+        <v>26</v>
+      </c>
+      <c r="B607">
+        <v>32482363</v>
+      </c>
+      <c r="C607">
+        <v>0</v>
+      </c>
+      <c r="D607">
+        <v>2025</v>
+      </c>
+      <c r="E607" t="s">
+        <v>87</v>
+      </c>
+      <c r="F607">
+        <v>12572.31</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="A608" t="s">
+        <v>27</v>
+      </c>
+      <c r="B608">
+        <v>31700000</v>
+      </c>
+      <c r="C608">
+        <v>0</v>
+      </c>
+      <c r="D608">
+        <v>2025</v>
+      </c>
+      <c r="E608" t="s">
+        <v>87</v>
+      </c>
+      <c r="F608">
+        <v>1780941.6</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="A609" t="s">
+        <v>28</v>
+      </c>
+      <c r="B609">
+        <v>0</v>
+      </c>
+      <c r="C609">
+        <v>0</v>
+      </c>
+      <c r="D609">
+        <v>2025</v>
+      </c>
+      <c r="E609" t="s">
+        <v>87</v>
+      </c>
+      <c r="F609">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="A610" t="s">
+        <v>29</v>
+      </c>
+      <c r="B610">
+        <v>81589006</v>
+      </c>
+      <c r="C610">
+        <v>0</v>
+      </c>
+      <c r="D610">
+        <v>2025</v>
+      </c>
+      <c r="E610" t="s">
+        <v>87</v>
+      </c>
+      <c r="F610">
+        <v>540134.24</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="A611" t="s">
+        <v>30</v>
+      </c>
+      <c r="B611">
+        <f t="shared" ref="B611" si="4">SUM(B612:B618)</f>
+        <v>12000000</v>
+      </c>
+      <c r="C611">
+        <v>0</v>
+      </c>
+      <c r="D611">
+        <v>2025</v>
+      </c>
+      <c r="E611" t="s">
+        <v>87</v>
+      </c>
+      <c r="F611">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="A612" t="s">
+        <v>31</v>
+      </c>
+      <c r="B612">
+        <v>12000000</v>
+      </c>
+      <c r="C612">
+        <v>0</v>
+      </c>
+      <c r="D612">
+        <v>2025</v>
+      </c>
+      <c r="E612" t="s">
+        <v>87</v>
+      </c>
+      <c r="F612">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="A613" t="s">
+        <v>32</v>
+      </c>
+      <c r="B613">
+        <v>0</v>
+      </c>
+      <c r="C613">
+        <v>0</v>
+      </c>
+      <c r="D613">
+        <v>2025</v>
+      </c>
+      <c r="E613" t="s">
+        <v>87</v>
+      </c>
+      <c r="F613">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="A614" t="s">
+        <v>33</v>
+      </c>
+      <c r="B614">
+        <v>0</v>
+      </c>
+      <c r="C614">
+        <v>0</v>
+      </c>
+      <c r="D614">
+        <v>2025</v>
+      </c>
+      <c r="E614" t="s">
+        <v>87</v>
+      </c>
+      <c r="F614">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="A615" t="s">
+        <v>34</v>
+      </c>
+      <c r="B615">
+        <v>0</v>
+      </c>
+      <c r="C615">
+        <v>0</v>
+      </c>
+      <c r="D615">
+        <v>2025</v>
+      </c>
+      <c r="E615" t="s">
+        <v>87</v>
+      </c>
+      <c r="F615">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="A616" t="s">
+        <v>35</v>
+      </c>
+      <c r="B616">
+        <v>0</v>
+      </c>
+      <c r="C616">
+        <v>0</v>
+      </c>
+      <c r="D616">
+        <v>2025</v>
+      </c>
+      <c r="E616" t="s">
+        <v>87</v>
+      </c>
+      <c r="F616">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="A617" t="s">
+        <v>36</v>
+      </c>
+      <c r="B617">
+        <v>0</v>
+      </c>
+      <c r="C617">
+        <v>0</v>
+      </c>
+      <c r="D617">
+        <v>2025</v>
+      </c>
+      <c r="E617" t="s">
+        <v>87</v>
+      </c>
+      <c r="F617">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="A618" t="s">
+        <v>37</v>
+      </c>
+      <c r="B618">
+        <v>0</v>
+      </c>
+      <c r="C618">
+        <v>0</v>
+      </c>
+      <c r="D618">
+        <v>2025</v>
+      </c>
+      <c r="E618" t="s">
+        <v>87</v>
+      </c>
+      <c r="F618">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="A619" t="s">
+        <v>38</v>
+      </c>
+      <c r="B619">
+        <v>0</v>
+      </c>
+      <c r="C619">
+        <v>0</v>
+      </c>
+      <c r="D619">
+        <v>2025</v>
+      </c>
+      <c r="E619" t="s">
+        <v>87</v>
+      </c>
+      <c r="F619">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="A620" t="s">
+        <v>39</v>
+      </c>
+      <c r="B620">
+        <v>0</v>
+      </c>
+      <c r="C620">
+        <v>0</v>
+      </c>
+      <c r="D620">
+        <v>2025</v>
+      </c>
+      <c r="E620" t="s">
+        <v>87</v>
+      </c>
+      <c r="F620">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="A621" t="s">
+        <v>40</v>
+      </c>
+      <c r="B621">
+        <v>0</v>
+      </c>
+      <c r="C621">
+        <v>0</v>
+      </c>
+      <c r="D621">
+        <v>2025</v>
+      </c>
+      <c r="E621" t="s">
+        <v>87</v>
+      </c>
+      <c r="F621">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="A622" t="s">
+        <v>41</v>
+      </c>
+      <c r="B622">
+        <v>0</v>
+      </c>
+      <c r="C622">
+        <v>0</v>
+      </c>
+      <c r="D622">
+        <v>2025</v>
+      </c>
+      <c r="E622" t="s">
+        <v>87</v>
+      </c>
+      <c r="F622">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="A623" t="s">
+        <v>42</v>
+      </c>
+      <c r="B623">
+        <v>0</v>
+      </c>
+      <c r="C623">
+        <v>0</v>
+      </c>
+      <c r="D623">
+        <v>2025</v>
+      </c>
+      <c r="E623" t="s">
+        <v>87</v>
+      </c>
+      <c r="F623">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="A624" t="s">
+        <v>43</v>
+      </c>
+      <c r="B624">
+        <v>0</v>
+      </c>
+      <c r="C624">
+        <v>0</v>
+      </c>
+      <c r="D624">
+        <v>2025</v>
+      </c>
+      <c r="E624" t="s">
+        <v>87</v>
+      </c>
+      <c r="F624">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="A625" t="s">
+        <v>44</v>
+      </c>
+      <c r="B625">
+        <v>0</v>
+      </c>
+      <c r="C625">
+        <v>0</v>
+      </c>
+      <c r="D625">
+        <v>2025</v>
+      </c>
+      <c r="E625" t="s">
+        <v>87</v>
+      </c>
+      <c r="F625">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="A626" t="s">
+        <v>45</v>
+      </c>
+      <c r="B626">
+        <v>0</v>
+      </c>
+      <c r="C626">
+        <v>0</v>
+      </c>
+      <c r="D626">
+        <v>2025</v>
+      </c>
+      <c r="E626" t="s">
+        <v>87</v>
+      </c>
+      <c r="F626">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="A627" t="s">
+        <v>46</v>
+      </c>
+      <c r="B627">
+        <f t="shared" ref="B627" si="5">SUM(B628:B636)</f>
+        <v>887800305</v>
+      </c>
+      <c r="C627">
+        <v>0</v>
+      </c>
+      <c r="D627">
+        <v>2025</v>
+      </c>
+      <c r="E627" t="s">
+        <v>87</v>
+      </c>
+      <c r="F627">
+        <f t="shared" ref="F627" si="6">SUM(F628:F636)</f>
+        <v>165211984.66999999</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="A628" t="s">
+        <v>47</v>
+      </c>
+      <c r="B628">
+        <v>850000000</v>
+      </c>
+      <c r="C628">
+        <v>0</v>
+      </c>
+      <c r="D628">
+        <v>2025</v>
+      </c>
+      <c r="E628" t="s">
+        <v>87</v>
+      </c>
+      <c r="F628">
+        <v>152503497.81999999</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="A629" t="s">
+        <v>48</v>
+      </c>
+      <c r="B629">
+        <v>1500000</v>
+      </c>
+      <c r="C629">
+        <v>0</v>
+      </c>
+      <c r="D629">
+        <v>2025</v>
+      </c>
+      <c r="E629" t="s">
+        <v>87</v>
+      </c>
+      <c r="F629">
+        <v>10909362.9</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="A630" t="s">
+        <v>49</v>
+      </c>
+      <c r="B630">
+        <v>5000000</v>
+      </c>
+      <c r="C630">
+        <v>0</v>
+      </c>
+      <c r="D630">
+        <v>2025</v>
+      </c>
+      <c r="E630" t="s">
+        <v>87</v>
+      </c>
+      <c r="F630">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="A631" t="s">
+        <v>50</v>
+      </c>
+      <c r="B631">
+        <v>16000000</v>
+      </c>
+      <c r="C631">
+        <v>0</v>
+      </c>
+      <c r="D631">
+        <v>2025</v>
+      </c>
+      <c r="E631" t="s">
+        <v>87</v>
+      </c>
+      <c r="F631">
+        <v>199123.95</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="A632" t="s">
+        <v>51</v>
+      </c>
+      <c r="B632">
+        <v>15300305</v>
+      </c>
+      <c r="C632">
+        <v>0</v>
+      </c>
+      <c r="D632">
+        <v>2025</v>
+      </c>
+      <c r="E632" t="s">
+        <v>87</v>
+      </c>
+      <c r="F632">
+        <v>1600000</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="A633" t="s">
+        <v>52</v>
+      </c>
+      <c r="B633">
+        <v>0</v>
+      </c>
+      <c r="C633">
+        <v>0</v>
+      </c>
+      <c r="D633">
+        <v>2025</v>
+      </c>
+      <c r="E633" t="s">
+        <v>87</v>
+      </c>
+      <c r="F633">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="A634" t="s">
+        <v>53</v>
+      </c>
+      <c r="B634">
+        <v>0</v>
+      </c>
+      <c r="C634">
+        <v>0</v>
+      </c>
+      <c r="D634">
+        <v>2025</v>
+      </c>
+      <c r="E634" t="s">
+        <v>87</v>
+      </c>
+      <c r="F634">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="A635" t="s">
+        <v>54</v>
+      </c>
+      <c r="B635">
+        <v>0</v>
+      </c>
+      <c r="C635">
+        <v>0</v>
+      </c>
+      <c r="D635">
+        <v>2025</v>
+      </c>
+      <c r="E635" t="s">
+        <v>87</v>
+      </c>
+      <c r="F635">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="A636" t="s">
+        <v>55</v>
+      </c>
+      <c r="B636">
+        <v>0</v>
+      </c>
+      <c r="C636">
+        <v>0</v>
+      </c>
+      <c r="D636">
+        <v>2025</v>
+      </c>
+      <c r="E636" t="s">
+        <v>87</v>
+      </c>
+      <c r="F636">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="A637" t="s">
+        <v>56</v>
+      </c>
+      <c r="B637">
+        <v>0</v>
+      </c>
+      <c r="C637">
+        <v>0</v>
+      </c>
+      <c r="D637">
+        <v>2025</v>
+      </c>
+      <c r="E637" t="s">
+        <v>87</v>
+      </c>
+      <c r="F637">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="A638" t="s">
+        <v>57</v>
+      </c>
+      <c r="B638">
+        <v>0</v>
+      </c>
+      <c r="C638">
+        <v>0</v>
+      </c>
+      <c r="D638">
+        <v>2025</v>
+      </c>
+      <c r="E638" t="s">
+        <v>87</v>
+      </c>
+      <c r="F638">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="A639" t="s">
+        <v>58</v>
+      </c>
+      <c r="B639">
+        <v>0</v>
+      </c>
+      <c r="C639">
+        <v>0</v>
+      </c>
+      <c r="D639">
+        <v>2025</v>
+      </c>
+      <c r="E639" t="s">
+        <v>87</v>
+      </c>
+      <c r="F639">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="A640" t="s">
+        <v>59</v>
+      </c>
+      <c r="B640">
+        <v>0</v>
+      </c>
+      <c r="C640">
+        <v>0</v>
+      </c>
+      <c r="D640">
+        <v>2025</v>
+      </c>
+      <c r="E640" t="s">
+        <v>87</v>
+      </c>
+      <c r="F640">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="A641" t="s">
+        <v>60</v>
+      </c>
+      <c r="B641">
+        <v>0</v>
+      </c>
+      <c r="C641">
+        <v>0</v>
+      </c>
+      <c r="D641">
+        <v>2025</v>
+      </c>
+      <c r="E641" t="s">
+        <v>87</v>
+      </c>
+      <c r="F641">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642" t="s">
+        <v>61</v>
+      </c>
+      <c r="B642">
+        <v>0</v>
+      </c>
+      <c r="C642">
+        <v>0</v>
+      </c>
+      <c r="D642">
+        <v>2025</v>
+      </c>
+      <c r="E642" t="s">
+        <v>87</v>
+      </c>
+      <c r="F642">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643" t="s">
+        <v>62</v>
+      </c>
+      <c r="B643">
+        <v>0</v>
+      </c>
+      <c r="C643">
+        <v>0</v>
+      </c>
+      <c r="D643">
+        <v>2025</v>
+      </c>
+      <c r="E643" t="s">
+        <v>87</v>
+      </c>
+      <c r="F643">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644" t="s">
+        <v>63</v>
+      </c>
+      <c r="B644">
+        <v>0</v>
+      </c>
+      <c r="C644">
+        <v>0</v>
+      </c>
+      <c r="D644">
+        <v>2025</v>
+      </c>
+      <c r="E644" t="s">
+        <v>87</v>
+      </c>
+      <c r="F644">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645" t="s">
+        <v>64</v>
+      </c>
+      <c r="B645">
+        <v>0</v>
+      </c>
+      <c r="C645">
+        <v>0</v>
+      </c>
+      <c r="D645">
+        <v>2025</v>
+      </c>
+      <c r="E645" t="s">
+        <v>87</v>
+      </c>
+      <c r="F645">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646" t="s">
+        <v>65</v>
+      </c>
+      <c r="B646">
+        <v>0</v>
+      </c>
+      <c r="C646">
+        <v>0</v>
+      </c>
+      <c r="D646">
+        <v>2025</v>
+      </c>
+      <c r="E646" t="s">
+        <v>87</v>
+      </c>
+      <c r="F646">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647" t="s">
+        <v>83</v>
+      </c>
+      <c r="B647">
+        <v>0</v>
+      </c>
+      <c r="C647">
+        <v>0</v>
+      </c>
+      <c r="D647">
+        <v>2025</v>
+      </c>
+      <c r="E647" t="s">
+        <v>87</v>
+      </c>
+      <c r="F647">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648" t="s">
+        <v>66</v>
+      </c>
+      <c r="B648">
+        <f t="shared" ref="B648" si="7">SUM(B581+B588+B599+B610+B618+B626+B636)</f>
+        <v>175912372</v>
+      </c>
+      <c r="C648">
+        <v>0</v>
+      </c>
+      <c r="D648">
+        <v>2025</v>
+      </c>
+      <c r="E648" t="s">
+        <v>87</v>
+      </c>
+      <c r="F648">
+        <f t="shared" ref="F648" si="8">SUM(F581+F588+F599+F610+F618+F626+F636)</f>
+        <v>2357784.6399999997</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649" t="s">
+        <v>67</v>
+      </c>
+      <c r="B649">
+        <v>0</v>
+      </c>
+      <c r="C649">
+        <v>0</v>
+      </c>
+      <c r="D649">
+        <v>2025</v>
+      </c>
+      <c r="E649" t="s">
+        <v>87</v>
+      </c>
+      <c r="F649">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650" t="s">
+        <v>68</v>
+      </c>
+      <c r="B650">
+        <v>0</v>
+      </c>
+      <c r="C650">
+        <v>0</v>
+      </c>
+      <c r="D650">
+        <v>2025</v>
+      </c>
+      <c r="E650" t="s">
+        <v>87</v>
+      </c>
+      <c r="F650">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651" t="s">
+        <v>69</v>
+      </c>
+      <c r="B651">
+        <v>0</v>
+      </c>
+      <c r="C651">
+        <v>0</v>
+      </c>
+      <c r="D651">
+        <v>2025</v>
+      </c>
+      <c r="E651" t="s">
+        <v>87</v>
+      </c>
+      <c r="F651">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652" t="s">
+        <v>70</v>
+      </c>
+      <c r="B652">
+        <v>0</v>
+      </c>
+      <c r="C652">
+        <v>0</v>
+      </c>
+      <c r="D652">
+        <v>2025</v>
+      </c>
+      <c r="E652" t="s">
+        <v>87</v>
+      </c>
+      <c r="F652">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653" t="s">
+        <v>71</v>
+      </c>
+      <c r="B653">
+        <v>0</v>
+      </c>
+      <c r="C653">
+        <v>0</v>
+      </c>
+      <c r="D653">
+        <v>2025</v>
+      </c>
+      <c r="E653" t="s">
+        <v>87</v>
+      </c>
+      <c r="F653">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654" t="s">
+        <v>72</v>
+      </c>
+      <c r="B654">
+        <v>0</v>
+      </c>
+      <c r="C654">
+        <v>0</v>
+      </c>
+      <c r="D654">
+        <v>2025</v>
+      </c>
+      <c r="E654" t="s">
+        <v>87</v>
+      </c>
+      <c r="F654">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655" t="s">
+        <v>73</v>
+      </c>
+      <c r="B655">
+        <v>0</v>
+      </c>
+      <c r="C655">
+        <v>0</v>
+      </c>
+      <c r="D655">
+        <v>2025</v>
+      </c>
+      <c r="E655" t="s">
+        <v>87</v>
+      </c>
+      <c r="F655">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656" t="s">
+        <v>74</v>
+      </c>
+      <c r="B656">
+        <v>0</v>
+      </c>
+      <c r="C656">
+        <v>0</v>
+      </c>
+      <c r="D656">
+        <v>2025</v>
+      </c>
+      <c r="E656" t="s">
+        <v>87</v>
+      </c>
+      <c r="F656">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657" t="s">
+        <v>75</v>
+      </c>
+      <c r="B657">
+        <v>0</v>
+      </c>
+      <c r="C657">
+        <v>0</v>
+      </c>
+      <c r="D657">
+        <v>2025</v>
+      </c>
+      <c r="E657" t="s">
+        <v>87</v>
+      </c>
+      <c r="F657">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658" t="s">
+        <v>76</v>
+      </c>
+      <c r="B658">
+        <v>5423706496</v>
+      </c>
+      <c r="C658">
+        <v>0</v>
+      </c>
+      <c r="D658">
+        <v>2025</v>
+      </c>
+      <c r="E658" t="s">
+        <v>87</v>
+      </c>
+      <c r="F658">
+        <v>409372403.26999998</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659" t="s">
+        <v>5</v>
+      </c>
+      <c r="B659" s="4">
+        <v>445343687</v>
+      </c>
+      <c r="C659" s="6">
+        <v>1598818</v>
+      </c>
+      <c r="D659">
+        <v>2025</v>
+      </c>
+      <c r="E659" t="s">
+        <v>88</v>
+      </c>
+      <c r="F659" s="9">
+        <v>49950147.049999997</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660" t="s">
+        <v>7</v>
+      </c>
+      <c r="B660" s="3">
+        <v>321153667</v>
+      </c>
+      <c r="C660" s="6">
+        <v>2064357</v>
+      </c>
+      <c r="D660">
+        <v>2025</v>
+      </c>
+      <c r="E660" t="s">
+        <v>88</v>
+      </c>
+      <c r="F660" s="9">
+        <v>23292937.460000001</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661" t="s">
+        <v>8</v>
+      </c>
+      <c r="B661" s="5">
+        <v>60223366</v>
+      </c>
+      <c r="C661">
+        <v>0</v>
+      </c>
+      <c r="D661">
+        <v>2025</v>
+      </c>
+      <c r="E661" t="s">
+        <v>88</v>
+      </c>
+      <c r="F661" s="9">
+        <v>23485027.559999999</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662" t="s">
+        <v>9</v>
+      </c>
+      <c r="B662" s="5">
+        <v>25494000</v>
+      </c>
+      <c r="C662">
+        <v>0</v>
+      </c>
+      <c r="D662">
+        <v>2025</v>
+      </c>
+      <c r="E662" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663" t="s">
+        <v>10</v>
+      </c>
+      <c r="B663" s="5">
+        <v>38472654</v>
+      </c>
+      <c r="C663">
+        <v>38472654</v>
+      </c>
+      <c r="D663">
+        <v>2025</v>
+      </c>
+      <c r="E663" t="s">
+        <v>88</v>
+      </c>
+      <c r="F663" s="10">
+        <v>3172182.03</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664" t="s">
+        <v>11</v>
+      </c>
+      <c r="B664" s="7">
+        <v>250669000</v>
+      </c>
+      <c r="C664">
+        <v>0</v>
+      </c>
+      <c r="D664">
+        <v>2025</v>
+      </c>
+      <c r="E664" t="s">
+        <v>88</v>
+      </c>
+      <c r="F664" s="11">
+        <v>45125014.090000004</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665" t="s">
+        <v>12</v>
+      </c>
+      <c r="B665" s="7">
+        <v>26560000</v>
+      </c>
+      <c r="C665">
+        <v>0</v>
+      </c>
+      <c r="D665">
+        <v>2025</v>
+      </c>
+      <c r="E665" t="s">
+        <v>88</v>
+      </c>
+      <c r="F665" s="11">
+        <v>1011345.1</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666" t="s">
+        <v>82</v>
+      </c>
+      <c r="B666" s="7">
+        <v>8350000</v>
+      </c>
+      <c r="C666">
+        <v>0</v>
+      </c>
+      <c r="D666">
+        <v>2025</v>
+      </c>
+      <c r="E666" t="s">
+        <v>88</v>
+      </c>
+      <c r="F666" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="A667" t="s">
+        <v>13</v>
+      </c>
+      <c r="B667" s="7">
+        <v>20000000</v>
+      </c>
+      <c r="C667">
+        <v>0</v>
+      </c>
+      <c r="D667">
+        <v>2025</v>
+      </c>
+      <c r="E667" t="s">
+        <v>88</v>
+      </c>
+      <c r="F667" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="A668" t="s">
+        <v>14</v>
+      </c>
+      <c r="B668" s="7">
+        <v>7420000</v>
+      </c>
+      <c r="C668">
+        <v>0</v>
+      </c>
+      <c r="D668">
+        <v>2025</v>
+      </c>
+      <c r="E668" t="s">
+        <v>88</v>
+      </c>
+      <c r="F668" s="11">
+        <v>451200</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="A669" t="s">
+        <v>15</v>
+      </c>
+      <c r="B669" s="7">
+        <v>105309000</v>
+      </c>
+      <c r="C669">
+        <v>0</v>
+      </c>
+      <c r="D669">
+        <v>2025</v>
+      </c>
+      <c r="E669" t="s">
+        <v>88</v>
+      </c>
+      <c r="F669" s="11">
+        <v>28284910.120000001</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="A670" t="s">
+        <v>16</v>
+      </c>
+      <c r="B670" s="7">
+        <v>16800000</v>
+      </c>
+      <c r="C670">
+        <v>0</v>
+      </c>
+      <c r="D670">
+        <v>2025</v>
+      </c>
+      <c r="E670" t="s">
+        <v>88</v>
+      </c>
+      <c r="F670" s="11">
+        <v>13914906.68</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="A671" t="s">
+        <v>17</v>
+      </c>
+      <c r="B671" s="7">
+        <v>24170000</v>
+      </c>
+      <c r="C671" s="8">
+        <v>1900000</v>
+      </c>
+      <c r="D671">
+        <v>2025</v>
+      </c>
+      <c r="E671" t="s">
+        <v>88</v>
+      </c>
+      <c r="F671" s="11">
+        <v>416376.23</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="A672" t="s">
+        <v>18</v>
+      </c>
+      <c r="B672" s="7">
+        <v>34100000</v>
+      </c>
+      <c r="C672" s="8">
+        <v>0</v>
+      </c>
+      <c r="D672">
+        <v>2025</v>
+      </c>
+      <c r="E672" t="s">
+        <v>88</v>
+      </c>
+      <c r="F672" s="11">
+        <v>820200</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="A673" t="s">
+        <v>19</v>
+      </c>
+      <c r="B673" s="7">
+        <v>7960000</v>
+      </c>
+      <c r="C673" s="8">
+        <v>1000000</v>
+      </c>
+      <c r="D673">
+        <v>2025</v>
+      </c>
+      <c r="E673" t="s">
+        <v>88</v>
+      </c>
+      <c r="F673" s="11">
+        <v>226075.96</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="A674" t="s">
+        <v>20</v>
+      </c>
+      <c r="B674" s="12">
+        <v>3827893504</v>
+      </c>
+      <c r="C674" s="12">
+        <v>-2900000</v>
+      </c>
+      <c r="D674">
+        <v>2025</v>
+      </c>
+      <c r="E674" t="s">
+        <v>88</v>
+      </c>
+      <c r="F674" s="13">
+        <v>51585256.520000003</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675" t="s">
+        <v>21</v>
+      </c>
+      <c r="B675" s="12">
+        <v>3652712135</v>
+      </c>
+      <c r="C675" s="12">
+        <v>1438000</v>
+      </c>
+      <c r="D675">
+        <v>2025</v>
+      </c>
+      <c r="E675" t="s">
+        <v>88</v>
+      </c>
+      <c r="F675" s="13">
+        <v>50278384</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676" t="s">
+        <v>22</v>
+      </c>
+      <c r="B676" s="12">
+        <v>7200000</v>
+      </c>
+      <c r="C676" s="12">
+        <v>1300000</v>
+      </c>
+      <c r="D676">
+        <v>2025</v>
+      </c>
+      <c r="E676" t="s">
+        <v>88</v>
+      </c>
+      <c r="F676" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677" t="s">
+        <v>23</v>
+      </c>
+      <c r="B677" s="12">
+        <v>3200000</v>
+      </c>
+      <c r="C677" s="12">
+        <v>1000000</v>
+      </c>
+      <c r="D677">
+        <v>2025</v>
+      </c>
+      <c r="E677" t="s">
+        <v>88</v>
+      </c>
+      <c r="F677" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678" t="s">
+        <v>24</v>
+      </c>
+      <c r="B678" s="12">
+        <v>10000000</v>
+      </c>
+      <c r="C678" s="12">
+        <v>0</v>
+      </c>
+      <c r="D678">
+        <v>2025</v>
+      </c>
+      <c r="E678" t="s">
+        <v>88</v>
+      </c>
+      <c r="F678" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679" t="s">
+        <v>25</v>
+      </c>
+      <c r="B679" s="12">
+        <v>9010000</v>
+      </c>
+      <c r="C679" s="12">
+        <v>100000</v>
+      </c>
+      <c r="D679">
+        <v>2025</v>
+      </c>
+      <c r="E679" t="s">
+        <v>88</v>
+      </c>
+      <c r="F679" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680" t="s">
+        <v>26</v>
+      </c>
+      <c r="B680" s="12">
+        <v>32482363</v>
+      </c>
+      <c r="C680" s="12">
+        <v>7412000</v>
+      </c>
+      <c r="D680">
+        <v>2025</v>
+      </c>
+      <c r="E680" t="s">
+        <v>88</v>
+      </c>
+      <c r="F680" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681" t="s">
+        <v>27</v>
+      </c>
+      <c r="B681" s="12">
+        <v>31700000</v>
+      </c>
+      <c r="C681" s="12">
+        <v>900000</v>
+      </c>
+      <c r="D681">
+        <v>2025</v>
+      </c>
+      <c r="E681" t="s">
+        <v>88</v>
+      </c>
+      <c r="F681" s="13">
+        <v>968400</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682" t="s">
+        <v>28</v>
+      </c>
+      <c r="B682" s="12">
+        <v>0</v>
+      </c>
+      <c r="C682" s="12">
+        <v>0</v>
+      </c>
+      <c r="D682">
+        <v>2025</v>
+      </c>
+      <c r="E682" t="s">
+        <v>88</v>
+      </c>
+      <c r="F682" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683" t="s">
+        <v>29</v>
+      </c>
+      <c r="B683" s="12">
+        <v>81589006</v>
+      </c>
+      <c r="C683" s="12">
+        <v>2650000</v>
+      </c>
+      <c r="D683">
+        <v>2025</v>
+      </c>
+      <c r="E683" t="s">
+        <v>88</v>
+      </c>
+      <c r="F683" s="13">
+        <v>338472.52</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684" t="s">
+        <v>30</v>
+      </c>
+      <c r="B684">
+        <v>0</v>
+      </c>
+      <c r="C684">
+        <v>0</v>
+      </c>
+      <c r="D684">
+        <v>2025</v>
+      </c>
+      <c r="E684" t="s">
+        <v>88</v>
+      </c>
+      <c r="F684" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685" t="s">
+        <v>31</v>
+      </c>
+      <c r="B685" s="13">
+        <v>0</v>
+      </c>
+      <c r="C685" s="13">
+        <v>0</v>
+      </c>
+      <c r="D685">
+        <v>2025</v>
+      </c>
+      <c r="E685" t="s">
+        <v>88</v>
+      </c>
+      <c r="F685" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686" t="s">
+        <v>32</v>
+      </c>
+      <c r="B686" s="13">
+        <v>0</v>
+      </c>
+      <c r="C686" s="13">
+        <v>0</v>
+      </c>
+      <c r="D686">
+        <v>2025</v>
+      </c>
+      <c r="E686" t="s">
+        <v>88</v>
+      </c>
+      <c r="F686" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687" t="s">
+        <v>33</v>
+      </c>
+      <c r="B687" s="13">
+        <v>0</v>
+      </c>
+      <c r="C687" s="13">
+        <v>0</v>
+      </c>
+      <c r="D687">
+        <v>2025</v>
+      </c>
+      <c r="E687" t="s">
+        <v>88</v>
+      </c>
+      <c r="F687" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688" t="s">
+        <v>34</v>
+      </c>
+      <c r="B688" s="13">
+        <v>0</v>
+      </c>
+      <c r="C688" s="13">
+        <v>0</v>
+      </c>
+      <c r="D688">
+        <v>2025</v>
+      </c>
+      <c r="E688" t="s">
+        <v>88</v>
+      </c>
+      <c r="F688" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689" t="s">
+        <v>35</v>
+      </c>
+      <c r="B689" s="13">
+        <v>0</v>
+      </c>
+      <c r="C689" s="13">
+        <v>0</v>
+      </c>
+      <c r="D689">
+        <v>2025</v>
+      </c>
+      <c r="E689" t="s">
+        <v>88</v>
+      </c>
+      <c r="F689" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690" t="s">
+        <v>36</v>
+      </c>
+      <c r="B690" s="13">
+        <v>0</v>
+      </c>
+      <c r="C690" s="13">
+        <v>0</v>
+      </c>
+      <c r="D690">
+        <v>2025</v>
+      </c>
+      <c r="E690" t="s">
+        <v>88</v>
+      </c>
+      <c r="F690" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691" t="s">
+        <v>37</v>
+      </c>
+      <c r="B691" s="13">
+        <v>0</v>
+      </c>
+      <c r="C691" s="13">
+        <v>0</v>
+      </c>
+      <c r="D691">
+        <v>2025</v>
+      </c>
+      <c r="E691" t="s">
+        <v>88</v>
+      </c>
+      <c r="F691" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692" t="s">
+        <v>38</v>
+      </c>
+      <c r="B692" s="13">
+        <v>0</v>
+      </c>
+      <c r="C692" s="13">
+        <v>0</v>
+      </c>
+      <c r="D692">
+        <v>2025</v>
+      </c>
+      <c r="E692" t="s">
+        <v>88</v>
+      </c>
+      <c r="F692" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693" t="s">
+        <v>39</v>
+      </c>
+      <c r="B693" s="13">
+        <v>0</v>
+      </c>
+      <c r="C693" s="13">
+        <v>0</v>
+      </c>
+      <c r="D693">
+        <v>2025</v>
+      </c>
+      <c r="E693" t="s">
+        <v>88</v>
+      </c>
+      <c r="F693" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694" t="s">
+        <v>40</v>
+      </c>
+      <c r="B694" s="13">
+        <v>0</v>
+      </c>
+      <c r="C694" s="13">
+        <v>0</v>
+      </c>
+      <c r="D694">
+        <v>2025</v>
+      </c>
+      <c r="E694" t="s">
+        <v>88</v>
+      </c>
+      <c r="F694" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695" t="s">
+        <v>41</v>
+      </c>
+      <c r="B695" s="13">
+        <v>0</v>
+      </c>
+      <c r="C695" s="13">
+        <v>0</v>
+      </c>
+      <c r="D695">
+        <v>2025</v>
+      </c>
+      <c r="E695" t="s">
+        <v>88</v>
+      </c>
+      <c r="F695" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696" t="s">
+        <v>42</v>
+      </c>
+      <c r="B696" s="13">
+        <v>0</v>
+      </c>
+      <c r="C696" s="13">
+        <v>0</v>
+      </c>
+      <c r="D696">
+        <v>2025</v>
+      </c>
+      <c r="E696" t="s">
+        <v>88</v>
+      </c>
+      <c r="F696" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697" t="s">
+        <v>43</v>
+      </c>
+      <c r="B697" s="13">
+        <v>0</v>
+      </c>
+      <c r="C697" s="13">
+        <v>0</v>
+      </c>
+      <c r="D697">
+        <v>2025</v>
+      </c>
+      <c r="E697" t="s">
+        <v>88</v>
+      </c>
+      <c r="F697" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698" t="s">
+        <v>44</v>
+      </c>
+      <c r="B698" s="13">
+        <v>0</v>
+      </c>
+      <c r="C698" s="13">
+        <v>0</v>
+      </c>
+      <c r="D698">
+        <v>2025</v>
+      </c>
+      <c r="E698" t="s">
+        <v>88</v>
+      </c>
+      <c r="F698" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699" t="s">
+        <v>45</v>
+      </c>
+      <c r="B699" s="13">
+        <v>0</v>
+      </c>
+      <c r="C699" s="13">
+        <v>0</v>
+      </c>
+      <c r="D699">
+        <v>2025</v>
+      </c>
+      <c r="E699" t="s">
+        <v>88</v>
+      </c>
+      <c r="F699" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700" t="s">
+        <v>46</v>
+      </c>
+      <c r="B700" s="13">
+        <v>0</v>
+      </c>
+      <c r="C700" s="13">
+        <v>0</v>
+      </c>
+      <c r="D700">
+        <v>2025</v>
+      </c>
+      <c r="E700" t="s">
+        <v>88</v>
+      </c>
+      <c r="F700" s="14">
+        <v>239228430.60999998</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701" t="s">
+        <v>47</v>
+      </c>
+      <c r="B701" s="13">
+        <v>0</v>
+      </c>
+      <c r="C701" s="13">
+        <v>0</v>
+      </c>
+      <c r="D701">
+        <v>2025</v>
+      </c>
+      <c r="E701" t="s">
+        <v>88</v>
+      </c>
+      <c r="F701" s="14">
+        <v>190947765.25999999</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702" t="s">
+        <v>48</v>
+      </c>
+      <c r="B702" s="13">
+        <v>0</v>
+      </c>
+      <c r="C702" s="13">
+        <v>0</v>
+      </c>
+      <c r="D702">
+        <v>2025</v>
+      </c>
+      <c r="E702" t="s">
+        <v>88</v>
+      </c>
+      <c r="F702" s="14">
+        <v>48280665.350000001</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703" t="s">
+        <v>49</v>
+      </c>
+      <c r="B703" s="13">
+        <v>0</v>
+      </c>
+      <c r="C703" s="13">
+        <v>0</v>
+      </c>
+      <c r="D703">
+        <v>2025</v>
+      </c>
+      <c r="E703" t="s">
+        <v>88</v>
+      </c>
+      <c r="F703" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704" t="s">
+        <v>50</v>
+      </c>
+      <c r="B704" s="13">
+        <v>0</v>
+      </c>
+      <c r="C704" s="13">
+        <v>0</v>
+      </c>
+      <c r="D704">
+        <v>2025</v>
+      </c>
+      <c r="E704" t="s">
+        <v>88</v>
+      </c>
+      <c r="F704" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705" t="s">
+        <v>51</v>
+      </c>
+      <c r="B705" s="13">
+        <v>0</v>
+      </c>
+      <c r="C705" s="13">
+        <v>0</v>
+      </c>
+      <c r="D705">
+        <v>2025</v>
+      </c>
+      <c r="E705" t="s">
+        <v>88</v>
+      </c>
+      <c r="F705" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706" t="s">
+        <v>52</v>
+      </c>
+      <c r="B706" s="13">
+        <v>0</v>
+      </c>
+      <c r="C706" s="13">
+        <v>0</v>
+      </c>
+      <c r="D706">
+        <v>2025</v>
+      </c>
+      <c r="E706" t="s">
+        <v>88</v>
+      </c>
+      <c r="F706" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707" t="s">
+        <v>53</v>
+      </c>
+      <c r="B707" s="13">
+        <v>0</v>
+      </c>
+      <c r="C707" s="13">
+        <v>0</v>
+      </c>
+      <c r="D707">
+        <v>2025</v>
+      </c>
+      <c r="E707" t="s">
+        <v>88</v>
+      </c>
+      <c r="F707" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708" t="s">
+        <v>54</v>
+      </c>
+      <c r="B708" s="13">
+        <v>0</v>
+      </c>
+      <c r="C708" s="13">
+        <v>0</v>
+      </c>
+      <c r="D708">
+        <v>2025</v>
+      </c>
+      <c r="E708" t="s">
+        <v>88</v>
+      </c>
+      <c r="F708" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709" t="s">
+        <v>55</v>
+      </c>
+      <c r="B709" s="13">
+        <v>0</v>
+      </c>
+      <c r="C709" s="13">
+        <v>0</v>
+      </c>
+      <c r="D709">
+        <v>2025</v>
+      </c>
+      <c r="E709" t="s">
+        <v>88</v>
+      </c>
+      <c r="F709" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710" t="s">
+        <v>56</v>
+      </c>
+      <c r="B710" s="15">
+        <v>0</v>
+      </c>
+      <c r="C710" s="15">
+        <v>0</v>
+      </c>
+      <c r="D710">
+        <v>2025</v>
+      </c>
+      <c r="E710" t="s">
+        <v>88</v>
+      </c>
+      <c r="F710" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711" t="s">
+        <v>57</v>
+      </c>
+      <c r="B711" s="15">
+        <v>0</v>
+      </c>
+      <c r="C711" s="15">
+        <v>0</v>
+      </c>
+      <c r="D711">
+        <v>2025</v>
+      </c>
+      <c r="E711" t="s">
+        <v>88</v>
+      </c>
+      <c r="F711" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712" t="s">
+        <v>58</v>
+      </c>
+      <c r="B712" s="15">
+        <v>0</v>
+      </c>
+      <c r="C712" s="15">
+        <v>0</v>
+      </c>
+      <c r="D712">
+        <v>2025</v>
+      </c>
+      <c r="E712" t="s">
+        <v>88</v>
+      </c>
+      <c r="F712" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" t="s">
+        <v>59</v>
+      </c>
+      <c r="B713" s="15">
+        <v>0</v>
+      </c>
+      <c r="C713" s="15">
+        <v>0</v>
+      </c>
+      <c r="D713">
+        <v>2025</v>
+      </c>
+      <c r="E713" t="s">
+        <v>88</v>
+      </c>
+      <c r="F713" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" t="s">
+        <v>60</v>
+      </c>
+      <c r="B714" s="15">
+        <v>0</v>
+      </c>
+      <c r="C714" s="15">
+        <v>0</v>
+      </c>
+      <c r="D714">
+        <v>2025</v>
+      </c>
+      <c r="E714" t="s">
+        <v>88</v>
+      </c>
+      <c r="F714" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" t="s">
+        <v>61</v>
+      </c>
+      <c r="B715" s="15">
+        <v>0</v>
+      </c>
+      <c r="C715" s="15">
+        <v>0</v>
+      </c>
+      <c r="D715">
+        <v>2025</v>
+      </c>
+      <c r="E715" t="s">
+        <v>88</v>
+      </c>
+      <c r="F715" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" t="s">
+        <v>62</v>
+      </c>
+      <c r="B716" s="15">
+        <v>0</v>
+      </c>
+      <c r="C716" s="15">
+        <v>0</v>
+      </c>
+      <c r="D716">
+        <v>2025</v>
+      </c>
+      <c r="E716" t="s">
+        <v>88</v>
+      </c>
+      <c r="F716" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" t="s">
+        <v>63</v>
+      </c>
+      <c r="B717" s="15">
+        <v>0</v>
+      </c>
+      <c r="C717" s="15">
+        <v>0</v>
+      </c>
+      <c r="D717">
+        <v>2025</v>
+      </c>
+      <c r="E717" t="s">
+        <v>88</v>
+      </c>
+      <c r="F717" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" t="s">
+        <v>64</v>
+      </c>
+      <c r="B718" s="15">
+        <v>0</v>
+      </c>
+      <c r="C718" s="15">
+        <v>0</v>
+      </c>
+      <c r="D718">
+        <v>2025</v>
+      </c>
+      <c r="E718" t="s">
+        <v>88</v>
+      </c>
+      <c r="F718" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" t="s">
+        <v>65</v>
+      </c>
+      <c r="B719" s="15">
+        <v>0</v>
+      </c>
+      <c r="C719" s="15">
+        <v>0</v>
+      </c>
+      <c r="D719">
+        <v>2025</v>
+      </c>
+      <c r="E719" t="s">
+        <v>88</v>
+      </c>
+      <c r="F719" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" t="s">
+        <v>83</v>
+      </c>
+      <c r="B720" s="15">
+        <v>0</v>
+      </c>
+      <c r="C720" s="15">
+        <v>0</v>
+      </c>
+      <c r="D720">
+        <v>2025</v>
+      </c>
+      <c r="E720" t="s">
+        <v>88</v>
+      </c>
+      <c r="F720" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" t="s">
+        <v>66</v>
+      </c>
+      <c r="B721" s="15">
+        <v>121033036.31</v>
+      </c>
+      <c r="C721" s="15">
+        <v>200081697.36000001</v>
+      </c>
+      <c r="D721">
+        <v>2025</v>
+      </c>
+      <c r="E721" t="s">
+        <v>88</v>
+      </c>
+      <c r="F721" s="16">
+        <v>385888848.26999998</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" t="s">
+        <v>67</v>
+      </c>
+      <c r="B722">
+        <v>0</v>
+      </c>
+      <c r="C722">
+        <v>0</v>
+      </c>
+      <c r="D722">
+        <v>2025</v>
+      </c>
+      <c r="E722" t="s">
+        <v>88</v>
+      </c>
+      <c r="F722" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" t="s">
+        <v>68</v>
+      </c>
+      <c r="B723">
+        <v>0</v>
+      </c>
+      <c r="C723">
+        <v>0</v>
+      </c>
+      <c r="D723">
+        <v>2025</v>
+      </c>
+      <c r="E723" t="s">
+        <v>88</v>
+      </c>
+      <c r="F723" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" t="s">
+        <v>69</v>
+      </c>
+      <c r="B724">
+        <v>0</v>
+      </c>
+      <c r="C724">
+        <v>0</v>
+      </c>
+      <c r="D724">
+        <v>2025</v>
+      </c>
+      <c r="E724" t="s">
+        <v>88</v>
+      </c>
+      <c r="F724" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" t="s">
+        <v>70</v>
+      </c>
+      <c r="B725">
+        <v>0</v>
+      </c>
+      <c r="C725">
+        <v>0</v>
+      </c>
+      <c r="D725">
+        <v>2025</v>
+      </c>
+      <c r="E725" t="s">
+        <v>88</v>
+      </c>
+      <c r="F725" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" t="s">
+        <v>71</v>
+      </c>
+      <c r="B726">
+        <v>0</v>
+      </c>
+      <c r="C726">
+        <v>0</v>
+      </c>
+      <c r="D726">
+        <v>2025</v>
+      </c>
+      <c r="E726" t="s">
+        <v>88</v>
+      </c>
+      <c r="F726" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>72</v>
+      </c>
+      <c r="B727">
+        <v>0</v>
+      </c>
+      <c r="C727">
+        <v>0</v>
+      </c>
+      <c r="D727">
+        <v>2025</v>
+      </c>
+      <c r="E727" t="s">
+        <v>88</v>
+      </c>
+      <c r="F727" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>73</v>
+      </c>
+      <c r="B728">
+        <v>0</v>
+      </c>
+      <c r="C728">
+        <v>0</v>
+      </c>
+      <c r="D728">
+        <v>2025</v>
+      </c>
+      <c r="E728" t="s">
+        <v>88</v>
+      </c>
+      <c r="F728" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>74</v>
+      </c>
+      <c r="B729">
+        <v>0</v>
+      </c>
+      <c r="C729">
+        <v>0</v>
+      </c>
+      <c r="D729">
+        <v>2025</v>
+      </c>
+      <c r="E729" t="s">
+        <v>88</v>
+      </c>
+      <c r="F729" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730" t="s">
+        <v>75</v>
+      </c>
+      <c r="B730">
+        <v>0</v>
+      </c>
+      <c r="C730">
+        <v>0</v>
+      </c>
+      <c r="D730">
+        <v>2025</v>
+      </c>
+      <c r="E730" t="s">
+        <v>88</v>
+      </c>
+      <c r="F730" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731" t="s">
+        <v>76</v>
+      </c>
+      <c r="B731" s="17">
+        <v>121033036.31</v>
+      </c>
+      <c r="C731" s="17">
+        <v>200081697.36000001</v>
+      </c>
+      <c r="D731">
+        <v>2025</v>
+      </c>
+      <c r="E731" t="s">
+        <v>88</v>
+      </c>
+      <c r="F731" s="18">
+        <v>385888848.26999998</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="B732" s="18">
+        <v>445343687</v>
+      </c>
+      <c r="C732" s="18">
+        <v>0</v>
+      </c>
+      <c r="D732" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E732" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F732" s="18">
+        <f>SUM(F733:F737)</f>
+        <v>66036563.480000004</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B733" s="18">
+        <v>321153667</v>
+      </c>
+      <c r="C733" s="18">
+        <v>1598818</v>
+      </c>
+      <c r="D733" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E733" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F733" s="18">
+        <v>43966770.880000003</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B734" s="18">
+        <v>60223366</v>
+      </c>
+      <c r="C734" s="18">
+        <v>2064357</v>
+      </c>
+      <c r="D734" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E734" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F734" s="18">
+        <v>1218250.3999999999</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="B735" s="18">
+        <v>25494000</v>
+      </c>
+      <c r="C735">
+        <v>0</v>
+      </c>
+      <c r="D735" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E735" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F735" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B736" s="18">
+        <v>38472654</v>
+      </c>
+      <c r="C736" s="18">
+        <v>465539</v>
+      </c>
+      <c r="D736" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E736" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F736" s="18">
+        <v>2956780.53</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B737" s="18">
+        <f>SUM(B738:B746)</f>
+        <v>250669000</v>
+      </c>
+      <c r="C737" s="18">
+        <f>SUM(C738:C746)</f>
+        <v>2900000</v>
+      </c>
+      <c r="D737" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E737" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F737" s="18">
+        <f t="shared" ref="F737" si="9">SUM(F738:F746)</f>
+        <v>17894761.670000002</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="B738" s="18">
+        <v>26560000</v>
+      </c>
+      <c r="C738" s="18">
+        <v>0</v>
+      </c>
+      <c r="D738" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E738" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F738" s="18">
+        <v>2910511.48</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B739" s="18">
+        <v>8350000</v>
+      </c>
+      <c r="C739" s="18">
+        <v>0</v>
+      </c>
+      <c r="D739" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E739" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F739" s="18">
+        <v>212400</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="A740" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="B740" s="18">
+        <v>20000000</v>
+      </c>
+      <c r="C740" s="18">
+        <v>0</v>
+      </c>
+      <c r="D740" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E740" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F740" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="A741" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="B741" s="18">
+        <v>7420000</v>
+      </c>
+      <c r="C741" s="18">
+        <v>0</v>
+      </c>
+      <c r="D741" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E741" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F741" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="A742" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B742" s="18">
+        <v>105309000</v>
+      </c>
+      <c r="C742" s="18">
+        <v>0</v>
+      </c>
+      <c r="D742" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E742" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F742" s="18">
+        <v>9833336.3100000005</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="A743" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B743" s="18">
+        <v>16800000</v>
+      </c>
+      <c r="C743" s="18">
+        <v>0</v>
+      </c>
+      <c r="D743" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E743" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F743" s="18">
+        <v>550281.98</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="A744" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B744" s="18">
+        <v>24170000</v>
+      </c>
+      <c r="C744" s="18">
+        <v>1900000</v>
+      </c>
+      <c r="D744" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E744" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F744" s="18">
+        <v>1183405.76</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="A745" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B745" s="18">
+        <v>34100000</v>
+      </c>
+      <c r="C745" s="18">
+        <v>0</v>
+      </c>
+      <c r="D745" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E745" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F745" s="18">
+        <v>194700</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="A746" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B746" s="18">
+        <v>7960000</v>
+      </c>
+      <c r="C746" s="18">
+        <v>1000000</v>
+      </c>
+      <c r="D746" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E746" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F746" s="18">
+        <v>3010126.14</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="A747" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B747" s="18">
+        <f t="shared" ref="B747" si="10">SUM(B748:B756)</f>
+        <v>3827893504</v>
+      </c>
+      <c r="C747" s="18">
+        <f>SUM(C748:C756)</f>
+        <v>14800000</v>
+      </c>
+      <c r="D747" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E747" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F747" s="18">
+        <f t="shared" ref="F747" si="11">SUM(F748:F756)</f>
+        <v>112645082.41000001</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="A748" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="B748" s="18">
+        <v>3652712135</v>
+      </c>
+      <c r="C748" s="18">
+        <v>1438000</v>
+      </c>
+      <c r="D748" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E748" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F748" s="18">
+        <v>110987184.01000001</v>
+      </c>
+    </row>
+    <row r="749" spans="1:6">
+      <c r="A749" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B749" s="18">
+        <v>7200000</v>
+      </c>
+      <c r="C749" s="18">
+        <v>1300000</v>
+      </c>
+      <c r="D749" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E749" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F749" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="750" spans="1:6">
+      <c r="A750" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B750" s="18">
+        <v>3200000</v>
+      </c>
+      <c r="C750" s="18">
+        <v>1000000</v>
+      </c>
+      <c r="D750" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E750" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F750" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="751" spans="1:6">
+      <c r="A751" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B751" s="18">
+        <v>10000000</v>
+      </c>
+      <c r="C751" s="18">
+        <v>0</v>
+      </c>
+      <c r="D751" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E751" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F751" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="752" spans="1:6">
+      <c r="A752" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B752" s="18">
+        <v>9010000</v>
+      </c>
+      <c r="C752" s="18">
+        <v>100000</v>
+      </c>
+      <c r="D752" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E752" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F752" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="753" spans="1:6">
+      <c r="A753" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B753" s="18">
+        <v>32482363</v>
+      </c>
+      <c r="C753" s="18">
+        <v>7412000</v>
+      </c>
+      <c r="D753" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E753" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F753" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="A754" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B754" s="18">
+        <v>31700000</v>
+      </c>
+      <c r="C754" s="18">
+        <v>900000</v>
+      </c>
+      <c r="D754" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E754" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F754" s="18">
+        <v>484200</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="A755" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B755" s="18">
+        <v>0</v>
+      </c>
+      <c r="C755" s="18">
+        <v>0</v>
+      </c>
+      <c r="D755" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E755" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F755" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B756">
+        <v>81589006</v>
+      </c>
+      <c r="C756" s="18">
+        <v>2650000</v>
+      </c>
+      <c r="D756" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E756" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F756" s="18">
+        <v>1173698.3999999999</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B757" s="18">
+        <f t="shared" ref="B757" si="12">SUM(B758:B764)</f>
+        <v>12000000</v>
+      </c>
+      <c r="C757">
+        <v>0</v>
+      </c>
+      <c r="D757" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E757" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F757" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B758" s="18">
+        <v>12000000</v>
+      </c>
+      <c r="C758" s="18">
+        <v>0</v>
+      </c>
+      <c r="D758" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E758" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F758" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B759" s="18">
+        <v>0</v>
+      </c>
+      <c r="C759" s="18">
+        <v>0</v>
+      </c>
+      <c r="D759" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E759" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F759" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B760" s="18">
+        <v>0</v>
+      </c>
+      <c r="C760" s="18">
+        <v>0</v>
+      </c>
+      <c r="D760" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E760" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F760" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B761" s="18">
+        <v>0</v>
+      </c>
+      <c r="C761" s="18">
+        <v>0</v>
+      </c>
+      <c r="D761" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E761" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F761" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B762" s="18">
+        <v>0</v>
+      </c>
+      <c r="C762" s="18">
+        <v>0</v>
+      </c>
+      <c r="D762" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E762" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F762" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B763" s="18">
+        <v>0</v>
+      </c>
+      <c r="C763" s="18">
+        <v>0</v>
+      </c>
+      <c r="D763" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E763" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F763" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B764" s="18">
+        <v>0</v>
+      </c>
+      <c r="C764" s="18">
+        <v>0</v>
+      </c>
+      <c r="D764" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E764" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F764" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B765" s="18">
+        <v>0</v>
+      </c>
+      <c r="C765" s="18">
+        <v>0</v>
+      </c>
+      <c r="D765" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E765" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F765" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B766" s="18">
+        <v>0</v>
+      </c>
+      <c r="C766" s="18">
+        <v>0</v>
+      </c>
+      <c r="D766" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E766" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F766" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B767" s="18">
+        <v>0</v>
+      </c>
+      <c r="C767" s="18">
+        <v>0</v>
+      </c>
+      <c r="D767" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E767" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F767" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B768" s="18">
+        <v>0</v>
+      </c>
+      <c r="C768" s="18">
+        <v>0</v>
+      </c>
+      <c r="D768" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E768" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F768" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="B769" s="18">
+        <v>0</v>
+      </c>
+      <c r="C769" s="18">
+        <v>0</v>
+      </c>
+      <c r="D769" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E769" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F769" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B770" s="18">
+        <v>0</v>
+      </c>
+      <c r="C770" s="18">
+        <v>0</v>
+      </c>
+      <c r="D770" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E770" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F770" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B771" s="18">
+        <v>0</v>
+      </c>
+      <c r="C771" s="18">
+        <v>0</v>
+      </c>
+      <c r="D771" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E771" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F771" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B772" s="18">
+        <v>0</v>
+      </c>
+      <c r="C772" s="18">
+        <v>0</v>
+      </c>
+      <c r="D772" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E772" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F772" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B773" s="18">
+        <v>0</v>
+      </c>
+      <c r="C773" s="18">
+        <v>0</v>
+      </c>
+      <c r="D773" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E773" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F773" s="18">
+        <f t="shared" ref="F773" si="13">SUM(F774:F782)</f>
+        <v>45660.1</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B774" s="18">
+        <v>0</v>
+      </c>
+      <c r="C774" s="18">
+        <v>104260000</v>
+      </c>
+      <c r="D774" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E774" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F774" s="18">
+        <v>45660.1</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B775" s="18">
+        <v>0</v>
+      </c>
+      <c r="C775" s="18">
+        <v>79000000</v>
+      </c>
+      <c r="D775" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E775" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F775" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="A776" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B776" s="18">
+        <v>0</v>
+      </c>
+      <c r="C776" s="18">
+        <v>3000000</v>
+      </c>
+      <c r="D776" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E776" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F776" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="A777" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B777" s="18">
+        <v>0</v>
+      </c>
+      <c r="C777" s="18">
+        <v>260000</v>
+      </c>
+      <c r="D777" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E777" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F777" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="A778" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B778" s="18">
+        <v>0</v>
+      </c>
+      <c r="C778" s="18">
+        <v>20000000</v>
+      </c>
+      <c r="D778" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E778" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F778" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="A779" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B779" s="18">
+        <v>0</v>
+      </c>
+      <c r="C779" s="18">
+        <v>2000000</v>
+      </c>
+      <c r="D779" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E779" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F779" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="A780" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B780" s="18">
+        <v>0</v>
+      </c>
+      <c r="C780">
+        <v>0</v>
+      </c>
+      <c r="D780" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E780" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F780" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="781" spans="1:6">
+      <c r="A781" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B781" s="18">
+        <v>0</v>
+      </c>
+      <c r="C781" s="18">
+        <v>0</v>
+      </c>
+      <c r="D781" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E781" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F781" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="782" spans="1:6">
+      <c r="A782" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="B782" s="18">
+        <v>0</v>
+      </c>
+      <c r="C782" s="18">
+        <v>0</v>
+      </c>
+      <c r="D782" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E782" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F782" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="A783" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B783" s="18">
+        <v>0</v>
+      </c>
+      <c r="C783" s="18">
+        <v>0</v>
+      </c>
+      <c r="D783" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E783" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F783" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="A784" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B784" s="18">
+        <v>0</v>
+      </c>
+      <c r="C784" s="18">
+        <v>0</v>
+      </c>
+      <c r="D784" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E784" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F784" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="A785" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B785" s="18">
+        <v>0</v>
+      </c>
+      <c r="C785" s="18">
+        <v>0</v>
+      </c>
+      <c r="D785" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E785" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F785" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="786" spans="1:6">
+      <c r="A786" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B786" s="18">
+        <v>0</v>
+      </c>
+      <c r="C786" s="18">
+        <v>0</v>
+      </c>
+      <c r="D786" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E786" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F786" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="787" spans="1:6">
+      <c r="A787" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="B787" s="18">
+        <v>0</v>
+      </c>
+      <c r="C787" s="18">
+        <v>0</v>
+      </c>
+      <c r="D787" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E787" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F787" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="788" spans="1:6">
+      <c r="A788" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B788" s="18">
+        <v>0</v>
+      </c>
+      <c r="C788" s="18">
+        <v>0</v>
+      </c>
+      <c r="D788" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E788" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F788" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="789" spans="1:6">
+      <c r="A789" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B789" s="18">
+        <v>0</v>
+      </c>
+      <c r="C789" s="18">
+        <v>0</v>
+      </c>
+      <c r="D789" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E789" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F789" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="790" spans="1:6">
+      <c r="A790" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="B790" s="18">
+        <v>0</v>
+      </c>
+      <c r="C790" s="18">
+        <v>0</v>
+      </c>
+      <c r="D790" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E790" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F790" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="791" spans="1:6">
+      <c r="A791" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B791" s="18">
+        <v>0</v>
+      </c>
+      <c r="C791" s="18">
+        <v>0</v>
+      </c>
+      <c r="D791" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E791" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F791" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="792" spans="1:6">
+      <c r="A792" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B792" s="18">
+        <v>0</v>
+      </c>
+      <c r="C792" s="18">
+        <v>0</v>
+      </c>
+      <c r="D792" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E792" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F792" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="793" spans="1:6">
+      <c r="A793" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B793" s="18">
+        <v>0</v>
+      </c>
+      <c r="C793" s="18">
+        <v>0</v>
+      </c>
+      <c r="D793" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E793" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F793" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="794" spans="1:6">
+      <c r="A794" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B794" s="18">
+        <f t="shared" ref="B793:B794" si="14">SUM(B727+B734+B745+B756+B764+B772+B782)</f>
+        <v>175912372</v>
+      </c>
+      <c r="C794" s="18">
+        <v>0</v>
+      </c>
+      <c r="D794" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E794" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F794" s="1">
+        <v>178727305.99000001</v>
+      </c>
+    </row>
+    <row r="795" spans="1:6">
+      <c r="A795" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="B795" s="18">
+        <v>0</v>
+      </c>
+      <c r="C795" s="18">
+        <v>0</v>
+      </c>
+      <c r="D795" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E795" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F795" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="796" spans="1:6">
+      <c r="A796" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B796" s="18">
+        <v>0</v>
+      </c>
+      <c r="C796" s="18">
+        <v>0</v>
+      </c>
+      <c r="D796" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E796" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F796" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="797" spans="1:6">
+      <c r="A797" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="B797" s="18">
+        <v>0</v>
+      </c>
+      <c r="C797" s="18">
+        <v>0</v>
+      </c>
+      <c r="D797" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E797" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F797" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="798" spans="1:6">
+      <c r="A798" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B798" s="18">
+        <v>0</v>
+      </c>
+      <c r="C798" s="18">
+        <v>0</v>
+      </c>
+      <c r="D798" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E798" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F798" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="799" spans="1:6">
+      <c r="A799" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B799" s="18">
+        <v>0</v>
+      </c>
+      <c r="C799" s="18">
+        <v>0</v>
+      </c>
+      <c r="D799" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E799" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F799" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="800" spans="1:6">
+      <c r="A800" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B800" s="18">
+        <v>0</v>
+      </c>
+      <c r="C800" s="18">
+        <v>0</v>
+      </c>
+      <c r="D800" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E800" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F800" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="801" spans="1:6">
+      <c r="A801" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B801" s="18">
+        <v>0</v>
+      </c>
+      <c r="C801" s="18">
+        <v>0</v>
+      </c>
+      <c r="D801" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E801" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F801" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="802" spans="1:6">
+      <c r="A802" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B802" s="18">
+        <v>0</v>
+      </c>
+      <c r="C802" s="18">
+        <v>0</v>
+      </c>
+      <c r="D802" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E802" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F802" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="803" spans="1:6">
+      <c r="A803" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B803" s="18">
+        <v>0</v>
+      </c>
+      <c r="C803" s="18">
+        <v>0</v>
+      </c>
+      <c r="D803" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E803" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F803" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="804" spans="1:6">
+      <c r="A804" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B804">
+        <v>5423706496</v>
+      </c>
+      <c r="C804" s="18">
+        <v>0</v>
+      </c>
+      <c r="D804" s="18">
+        <v>2025</v>
+      </c>
+      <c r="E804" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="F804" s="18">
+        <v>178727305.99000001</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ejecucion Presupuestaria Enero-</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Escarla Rodriguez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>